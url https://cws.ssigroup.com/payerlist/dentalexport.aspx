--- v0 (2025-11-24)
+++ v1 (2026-02-25)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="PayerList" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2223" uniqueCount="2223">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2276" uniqueCount="2276">
   <si>
     <t>Payer Id Code</t>
   </si>
   <si>
     <t>Payer Name</t>
   </si>
   <si>
     <t>Claims (837)</t>
   </si>
   <si>
     <t>ERA (835)</t>
   </si>
   <si>
     <t>CX083</t>
   </si>
   <si>
     <t>Wellcare (LIBERTY Dental)</t>
   </si>
   <si>
     <t>Y</t>
   </si>
   <si>
     <t>13551</t>
   </si>
   <si>
@@ -153,68 +153,62 @@
   <si>
     <t>Advantek</t>
   </si>
   <si>
     <t>95340</t>
   </si>
   <si>
     <t>Adventist Health Employee Health Plan</t>
   </si>
   <si>
     <t>DX002</t>
   </si>
   <si>
     <t>Adventist Risk Management</t>
   </si>
   <si>
     <t>SCION</t>
   </si>
   <si>
     <t>Aetna Better Health of Kansas</t>
   </si>
   <si>
     <t>86098</t>
   </si>
   <si>
-    <t>Aetna Better Health of Kentucky</t>
+    <t>Aetna Better Health of Kentucky (DOS Prior to 10/01/2025)</t>
   </si>
   <si>
     <t>128MI</t>
   </si>
   <si>
     <t>Aetna Better Health of Michigan</t>
   </si>
   <si>
     <t>Aetna Better Health of Pennsylvania</t>
   </si>
   <si>
-    <t>128WV</t>
-[...4 lines deleted...]
-  <si>
     <t>60054</t>
   </si>
   <si>
     <t>Aetna Dental Plans</t>
   </si>
   <si>
     <t>68246</t>
   </si>
   <si>
     <t>Aetna DMO</t>
   </si>
   <si>
     <t>18014</t>
   </si>
   <si>
     <t>Aetna Medicare</t>
   </si>
   <si>
     <t>CX014</t>
   </si>
   <si>
     <t>Affinity Health Plan</t>
   </si>
   <si>
     <t>58066</t>
@@ -396,6376 +390,6541 @@
   <si>
     <t>Anthem</t>
   </si>
   <si>
     <t>10557</t>
   </si>
   <si>
     <t>Anthem Federal</t>
   </si>
   <si>
     <t>DXAPX</t>
   </si>
   <si>
     <t>Apex Health Solutions</t>
   </si>
   <si>
     <t>APIPA (United Healthcare)</t>
   </si>
   <si>
     <t>CXARC</t>
   </si>
   <si>
     <t>ARC Administrators</t>
   </si>
   <si>
+    <t>BDA00</t>
+  </si>
+  <si>
+    <t>Arizona Pipe Trades Health &amp; Welfare Trust Fund</t>
+  </si>
+  <si>
+    <t>63240</t>
+  </si>
+  <si>
+    <t>ARM Ltd</t>
+  </si>
+  <si>
+    <t>ASONET</t>
+  </si>
+  <si>
+    <t>TLU02</t>
+  </si>
+  <si>
+    <t>ASR Health Benefits</t>
+  </si>
+  <si>
+    <t>70408</t>
+  </si>
+  <si>
+    <t>Assurant Employee Benefits (Now Sun Life)</t>
+  </si>
+  <si>
+    <t>Assurant Health (Now Sun Life)</t>
+  </si>
+  <si>
+    <t>93221</t>
+  </si>
+  <si>
+    <t>Asuris Northwest Health</t>
+  </si>
+  <si>
+    <t>DX052</t>
+  </si>
+  <si>
+    <t>AultCare Health Plan</t>
+  </si>
+  <si>
+    <t>AultCare HMO</t>
+  </si>
+  <si>
+    <t>DX231</t>
+  </si>
+  <si>
+    <t>Aultra Administrative Services</t>
+  </si>
+  <si>
+    <t>Automated Benefit Services</t>
+  </si>
+  <si>
+    <t>37280</t>
+  </si>
+  <si>
+    <t>Automated Group Administrators Inc (AGA)</t>
+  </si>
+  <si>
+    <t>CX022</t>
+  </si>
+  <si>
+    <t>Auxiant (IA)</t>
+  </si>
+  <si>
+    <t>CX024</t>
+  </si>
+  <si>
+    <t>Auxiant (WI)</t>
+  </si>
+  <si>
+    <t>Avesis</t>
+  </si>
+  <si>
+    <t>DX090</t>
+  </si>
+  <si>
+    <t>BAC - Business Administrators &amp; Consultants</t>
+  </si>
+  <si>
+    <t>CKWI1</t>
+  </si>
+  <si>
+    <t>BadgerCare</t>
+  </si>
+  <si>
+    <t>36066</t>
+  </si>
+  <si>
+    <t>Bankers United Life</t>
+  </si>
+  <si>
+    <t>62308</t>
+  </si>
+  <si>
+    <t>Banner Health and Dental</t>
+  </si>
+  <si>
+    <t>36149</t>
+  </si>
+  <si>
+    <t>BAS Health</t>
+  </si>
+  <si>
+    <t>BBMDQ</t>
+  </si>
+  <si>
+    <t>BCBSM Healthy Kids Dental (DentaQuest)</t>
+  </si>
+  <si>
+    <t>BEAM1</t>
+  </si>
+  <si>
+    <t>Beam Insurance Administrators</t>
+  </si>
+  <si>
+    <t>Bell Atlantic</t>
+  </si>
+  <si>
+    <t>23210</t>
+  </si>
+  <si>
+    <t>BeneCare Dental Plan</t>
+  </si>
+  <si>
+    <t>DX111</t>
+  </si>
+  <si>
+    <t>Benedent / Benemax</t>
+  </si>
+  <si>
+    <t>DX069</t>
+  </si>
+  <si>
+    <t>Benefit &amp; Risk Management (BRMS - CA)</t>
+  </si>
+  <si>
+    <t>41205</t>
+  </si>
+  <si>
+    <t>Benefit Administration Services</t>
+  </si>
+  <si>
+    <t>DX082</t>
+  </si>
+  <si>
+    <t>Benefit and Risk Management</t>
+  </si>
+  <si>
+    <t>DX146</t>
+  </si>
+  <si>
+    <t>Benefit Concepts Inc.</t>
+  </si>
+  <si>
+    <t>25145</t>
+  </si>
+  <si>
+    <t>Benefit Coordinators Corporation</t>
+  </si>
+  <si>
+    <t>43471</t>
+  </si>
+  <si>
+    <t>Benefit Management Administrators</t>
+  </si>
+  <si>
+    <t>39081</t>
+  </si>
+  <si>
+    <t>Benefit Plan Administrators Inc</t>
+  </si>
+  <si>
+    <t>BPS77</t>
+  </si>
+  <si>
+    <t>Benefit Plan Services</t>
+  </si>
+  <si>
+    <t>41101</t>
+  </si>
+  <si>
+    <t>Benefit Stream (now SIMPLE)</t>
+  </si>
+  <si>
+    <t>DX208</t>
+  </si>
+  <si>
+    <t>Benefits Stream</t>
+  </si>
+  <si>
+    <t>Benefits Inc. (Sturm and Associates)</t>
+  </si>
+  <si>
+    <t>BMX01</t>
+  </si>
+  <si>
+    <t>Benemax</t>
+  </si>
+  <si>
+    <t>BENTO</t>
+  </si>
+  <si>
+    <t>Bento</t>
+  </si>
+  <si>
+    <t>95604</t>
+  </si>
+  <si>
+    <t>Best Life &amp; Health Insurance Co.</t>
+  </si>
+  <si>
+    <t>TLY26</t>
+  </si>
+  <si>
+    <t>Blue Advantage</t>
+  </si>
+  <si>
+    <t>03036</t>
+  </si>
+  <si>
+    <t>Blue Benefit Administrators of MA</t>
+  </si>
+  <si>
+    <t>AD060</t>
+  </si>
+  <si>
+    <t>Blue Care Family Plan</t>
+  </si>
+  <si>
+    <t>Blue Care Network (BCBSM MA/BNCA - Medicare Advantage)</t>
+  </si>
+  <si>
+    <t>CBAL1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Alabama</t>
+  </si>
+  <si>
+    <t>53589</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Arizona</t>
+  </si>
+  <si>
+    <t>77078</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Arizona Advantage (BCBS of AZ Advantage)</t>
+  </si>
+  <si>
+    <t>CBAR1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Arkansas</t>
+  </si>
+  <si>
+    <t>AD050</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Colorado - Anthem</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Connecticut - Anthem</t>
+  </si>
+  <si>
+    <t>BCSFL</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Florida (FEP Dental)</t>
+  </si>
+  <si>
+    <t>CBGA1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Georgia - Anthem</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Georgia - Federal</t>
+  </si>
+  <si>
+    <t>HMSA1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Hawaii</t>
+  </si>
+  <si>
+    <t>00621</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Illinois</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Illinois FEP</t>
+  </si>
+  <si>
+    <t>AD130</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Indiana - Anthem</t>
+  </si>
+  <si>
+    <t>CBIA2</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Iowa</t>
+  </si>
+  <si>
+    <t>CBIA1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Iowa (FEP claims only)</t>
+  </si>
+  <si>
+    <t>CBKS1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Kansas</t>
+  </si>
+  <si>
+    <t>DX067</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Kansas City (MO)</t>
+  </si>
+  <si>
+    <t>AD160</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Kentucky - Anthem</t>
+  </si>
+  <si>
+    <t>23739</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Louisiana</t>
+  </si>
+  <si>
+    <t>UCCAP</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Louisiana Advantage Plus Network</t>
+  </si>
+  <si>
+    <t>AD180</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Maine - Anthem</t>
+  </si>
+  <si>
+    <t>00580</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Maryland - CareFirst</t>
+  </si>
+  <si>
+    <t>CBMA1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Massachusetts</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Michigan</t>
+  </si>
+  <si>
+    <t>DXBMI</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Michigan Federal (FEP)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Michigan Medicare Advantage</t>
+  </si>
+  <si>
+    <t>CBMN1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Minnesota</t>
+  </si>
+  <si>
+    <t>CBMS1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Mississippi</t>
+  </si>
+  <si>
+    <t>AD241</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Missouri - Anthem</t>
+  </si>
+  <si>
+    <t>CBMT1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Montana</t>
+  </si>
+  <si>
+    <t>DX147</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield Of NCA</t>
+  </si>
+  <si>
+    <t>CBNE1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Nebraska</t>
+  </si>
+  <si>
+    <t>AD265</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Nevada - Anthem</t>
+  </si>
+  <si>
+    <t>AD270</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of New Hampshire - Anthem</t>
+  </si>
+  <si>
+    <t>84100</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of New Mexico</t>
+  </si>
+  <si>
+    <t>00802</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of New York (Finger Lakes Region)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of New York (Utica/Watertown)</t>
+  </si>
+  <si>
+    <t>55093</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of New York - Empire</t>
+  </si>
+  <si>
+    <t>61473</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of North Carolina</t>
+  </si>
+  <si>
+    <t>61472</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of North Carolina - Federal</t>
+  </si>
+  <si>
+    <t>CX004</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of North Dakota</t>
+  </si>
+  <si>
+    <t>89070</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of North Dakota (UCCI)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of North Dakota FEP (UCCI)</t>
+  </si>
+  <si>
+    <t>AD332</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Ohio - Anthem</t>
+  </si>
+  <si>
+    <t>00851</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Oregon/ Regence</t>
+  </si>
+  <si>
+    <t>53473</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Rhode Island</t>
+  </si>
+  <si>
+    <t>CB870</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Rhode Island Federal (FEP)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Rochester</t>
+  </si>
+  <si>
+    <t>BCSSC</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of South Carolina</t>
+  </si>
+  <si>
+    <t>DXSCF</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of South Carolina (FEP)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of South Carolina Medicare Blue</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of South Carolina Medicare Blue Saver</t>
+  </si>
+  <si>
+    <t>CBTN1</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Tennessee</t>
+  </si>
+  <si>
+    <t>DX900</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Texas FEP</t>
+  </si>
+  <si>
+    <t>DX088</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Utah - Regence</t>
+  </si>
+  <si>
+    <t>AD423</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Virginia - Anthem</t>
+  </si>
+  <si>
+    <t>AD450</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Wisconsin (United of Wisconsin)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Wisconsin FEP - Anthem</t>
+  </si>
+  <si>
+    <t>53767</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Wyoming</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Wyoming FEP (UCCI)</t>
+  </si>
+  <si>
+    <t>CARRS</t>
+  </si>
+  <si>
+    <t>Blue Cross Complete</t>
+  </si>
+  <si>
+    <t>CBC01</t>
+  </si>
+  <si>
+    <t>Blue Cross Dental</t>
+  </si>
+  <si>
+    <t>84103</t>
+  </si>
+  <si>
+    <t>Blue Cross of California - Anthem</t>
+  </si>
+  <si>
+    <t>Blue Cross of Illinois (IL)</t>
+  </si>
+  <si>
+    <t>84097</t>
+  </si>
+  <si>
+    <t>Blue Cross of WA &amp; AK (MCDN -Managed Dental Care Network)</t>
+  </si>
+  <si>
+    <t>47570</t>
+  </si>
+  <si>
+    <t>Blue Cross of Washington</t>
+  </si>
+  <si>
+    <t>Blue Plus Public Programs</t>
+  </si>
+  <si>
+    <t>BSCA1</t>
+  </si>
+  <si>
+    <t>Blue Shield of California</t>
+  </si>
+  <si>
+    <t>BSCA2</t>
+  </si>
+  <si>
+    <t>Blue Shield of California Federal Plan</t>
+  </si>
+  <si>
+    <t>00611</t>
+  </si>
+  <si>
+    <t>Blue Shield of Idaho / Regence</t>
+  </si>
+  <si>
+    <t>00932</t>
+  </si>
+  <si>
+    <t>Blue Shield of Washington / Regence of Washington Health</t>
+  </si>
+  <si>
+    <t>36609</t>
+  </si>
+  <si>
+    <t>Boilermakers National Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>DX057</t>
+  </si>
+  <si>
+    <t>Bollinger Insurance (NJ)</t>
+  </si>
+  <si>
+    <t>74237</t>
+  </si>
+  <si>
+    <t>Boon Chapman</t>
+  </si>
+  <si>
+    <t>BL200</t>
+  </si>
+  <si>
+    <t>Brick Masons Health &amp; Welfare Trust Fund</t>
+  </si>
+  <si>
+    <t>GEMG1</t>
+  </si>
+  <si>
+    <t>Bricklayers of Delaware-BAC Local 1 (GEMGroup)</t>
+  </si>
+  <si>
+    <t>BRIDG</t>
+  </si>
+  <si>
+    <t>Bridgespan Health</t>
+  </si>
+  <si>
+    <t>Brokers National</t>
+  </si>
+  <si>
+    <t>Building Service 32BJ Health Fund</t>
+  </si>
+  <si>
+    <t>Building Trades Welfare Benefit Fund</t>
+  </si>
+  <si>
+    <t>CDN01</t>
+  </si>
+  <si>
+    <t>California Dental Network (Claims)</t>
+  </si>
+  <si>
+    <t>California Dental Network (DentaQuest)</t>
+  </si>
+  <si>
+    <t>DXCDN</t>
+  </si>
+  <si>
+    <t>California Dental Network (Encounters)</t>
+  </si>
+  <si>
+    <t>80705</t>
+  </si>
+  <si>
+    <t>Canada Life Assurance Company</t>
+  </si>
+  <si>
+    <t>BYF00</t>
+  </si>
+  <si>
+    <t>Canton Electrical Welfare Fund Local 540</t>
+  </si>
+  <si>
+    <t>CAPHP</t>
+  </si>
+  <si>
+    <t>Cap Rock Health Plans</t>
+  </si>
+  <si>
+    <t>Capital Blue Cross</t>
+  </si>
+  <si>
+    <t>CX095</t>
+  </si>
+  <si>
+    <t>Capitol Dental Care</t>
+  </si>
+  <si>
+    <t>CX037</t>
+  </si>
+  <si>
+    <t>Capital Dental of Houston TX</t>
+  </si>
+  <si>
+    <t>Care Improvement Plus</t>
+  </si>
+  <si>
+    <t>Care N Care Health Plan</t>
+  </si>
+  <si>
+    <t>61604</t>
+  </si>
+  <si>
+    <t>Care Plus Health Plans</t>
+  </si>
+  <si>
+    <t>CareFirst - Blue Cross Blue Shield of Maryland</t>
+  </si>
+  <si>
+    <t>Careington Benefit Solutions</t>
+  </si>
+  <si>
+    <t>93975</t>
+  </si>
+  <si>
+    <t>CareOregon</t>
+  </si>
+  <si>
+    <t>CareSource Georgia - SCION</t>
+  </si>
+  <si>
+    <t>CareSource Indiana - SCION</t>
+  </si>
+  <si>
+    <t>CB833</t>
+  </si>
+  <si>
+    <t>Carolina Care Plan</t>
+  </si>
+  <si>
+    <t>DX015</t>
+  </si>
+  <si>
+    <t>Carpenters Welfare Fund (IL)</t>
+  </si>
+  <si>
+    <t>37060</t>
+  </si>
+  <si>
+    <t>Caterpillar Inc.</t>
+  </si>
+  <si>
+    <t>DX037</t>
+  </si>
+  <si>
+    <t>CCPOA Benefit Trust (CA)</t>
+  </si>
+  <si>
+    <t>DX036</t>
+  </si>
+  <si>
+    <t>CDPHP (NY)</t>
+  </si>
+  <si>
+    <t>DX216</t>
+  </si>
+  <si>
+    <t>CDS Group Health</t>
+  </si>
+  <si>
+    <t>BV100</t>
+  </si>
+  <si>
+    <t>Cement Masons &amp; Plasterers Health &amp; Welfare Trust</t>
+  </si>
+  <si>
+    <t>Cement Masons and Plasterers Health and Welfare Trust Grp. #F16</t>
+  </si>
+  <si>
+    <t>34097</t>
+  </si>
+  <si>
+    <t>Central Reserve Life</t>
+  </si>
+  <si>
+    <t>75177</t>
+  </si>
+  <si>
+    <t>Central States / TEAMCARE</t>
+  </si>
+  <si>
+    <t>20356</t>
+  </si>
+  <si>
+    <t>Cerner</t>
+  </si>
+  <si>
+    <t>Chesapeake Life Insurance Co.</t>
+  </si>
+  <si>
+    <t>34154</t>
+  </si>
+  <si>
+    <t>Chesterfield Resources</t>
+  </si>
+  <si>
+    <t>CX021</t>
+  </si>
+  <si>
+    <t>Chicago Transit Authority (CompBenefits)</t>
+  </si>
+  <si>
+    <t>Choice Plus</t>
+  </si>
+  <si>
+    <t>38308</t>
+  </si>
+  <si>
+    <t>Christian Brothers Services</t>
+  </si>
+  <si>
+    <t>CIGNA</t>
+  </si>
+  <si>
+    <t>Cigna DHMO</t>
+  </si>
+  <si>
+    <t>Cigna Health Springs Medicare Advantage</t>
+  </si>
+  <si>
+    <t>CIGN1</t>
+  </si>
+  <si>
+    <t>CIGNA International</t>
+  </si>
+  <si>
+    <t>DXCIG</t>
+  </si>
+  <si>
+    <t>Cigna International (Special Processing)</t>
+  </si>
+  <si>
+    <t>Cigna Select (Formerly known as Great West)</t>
+  </si>
+  <si>
+    <t>DX228</t>
+  </si>
+  <si>
+    <t>Citizens Life Ins.</t>
+  </si>
+  <si>
+    <t>City of Chicago (CompBenefits)</t>
+  </si>
+  <si>
+    <t>14829</t>
+  </si>
+  <si>
+    <t>CO-Ordinated Benefit Plans</t>
+  </si>
+  <si>
+    <t>DX007</t>
+  </si>
+  <si>
+    <t>Coastal Administrative Services</t>
+  </si>
+  <si>
+    <t>77052</t>
+  </si>
+  <si>
+    <t>Coastal TPA</t>
+  </si>
+  <si>
+    <t>Colonial Life (Starmount)</t>
+  </si>
+  <si>
+    <t>59143</t>
+  </si>
+  <si>
+    <t>Colonial Life Dental Plan</t>
+  </si>
+  <si>
+    <t>SCNCA</t>
+  </si>
+  <si>
+    <t>Commonwealth Care Alliance</t>
+  </si>
+  <si>
+    <t>75261</t>
+  </si>
+  <si>
+    <t>Community Health Electronic Claims/CHEC/webTPA</t>
+  </si>
+  <si>
+    <t>48005</t>
+  </si>
+  <si>
+    <t>Companion Life (SC)</t>
+  </si>
+  <si>
+    <t>CompBenefits</t>
+  </si>
+  <si>
+    <t>CompBenefits and Humana Specialty Benefits</t>
+  </si>
+  <si>
+    <t>Comprehensive Benefits Administrator Inc (VT)</t>
+  </si>
+  <si>
+    <t>Connecticut General (CIGNA)</t>
+  </si>
+  <si>
+    <t>Consumers Life</t>
+  </si>
+  <si>
+    <t>Continental Dental</t>
+  </si>
+  <si>
+    <t>Core Five (Mega Life &amp; Health)</t>
+  </si>
+  <si>
+    <t>DX215</t>
+  </si>
+  <si>
+    <t>Core Five (SelectCare)</t>
+  </si>
+  <si>
+    <t>56116</t>
+  </si>
+  <si>
+    <t>Corporate Benefit Services</t>
+  </si>
+  <si>
+    <t>41124</t>
+  </si>
+  <si>
+    <t>Corporate Benefit Services of America (now Meritain Health)</t>
+  </si>
+  <si>
+    <t>Correction Captains (Active and Retired)</t>
+  </si>
+  <si>
+    <t>CAS89</t>
+  </si>
+  <si>
+    <t>Costal Administrative Services Inc.</t>
+  </si>
+  <si>
+    <t>Council of Supervisors and Administrators</t>
+  </si>
+  <si>
+    <t>58102</t>
+  </si>
+  <si>
+    <t>Covenant Administrators Inc.</t>
+  </si>
+  <si>
+    <t>SCNCC</t>
+  </si>
+  <si>
+    <t>CoventryCares - WV</t>
+  </si>
+  <si>
+    <t>56213</t>
+  </si>
+  <si>
+    <t>Crescent Health Solutions</t>
+  </si>
+  <si>
+    <t>CX054</t>
+  </si>
+  <si>
+    <t>CSEA Employee Benefit Fund (Civil Service)</t>
+  </si>
+  <si>
+    <t>82056</t>
+  </si>
+  <si>
+    <t>Custom Design Benefits</t>
+  </si>
+  <si>
+    <t>CustomCare (Southwestern Bell - Exec)</t>
+  </si>
+  <si>
+    <t>CWI01</t>
+  </si>
+  <si>
+    <t>CWI Benefits</t>
+  </si>
+  <si>
+    <t>TLZ04</t>
+  </si>
+  <si>
+    <t>Cypress Ancillary Benefits</t>
+  </si>
+  <si>
+    <t>39199</t>
+  </si>
+  <si>
+    <t>Lucent Health</t>
+  </si>
+  <si>
+    <t>DX207</t>
+  </si>
+  <si>
+    <t>Daniel H Cook Associates Inc.</t>
+  </si>
+  <si>
+    <t>DCHS1</t>
+  </si>
+  <si>
+    <t>DC Healthy Smiles</t>
+  </si>
+  <si>
+    <t>77033</t>
+  </si>
+  <si>
+    <t>DC Medicaid</t>
+  </si>
+  <si>
+    <t>DCASI</t>
+  </si>
+  <si>
+    <t>94276</t>
+  </si>
+  <si>
+    <t>DDIC</t>
+  </si>
+  <si>
+    <t>DDS Inc. (NY)</t>
+  </si>
+  <si>
+    <t>22099</t>
+  </si>
+  <si>
+    <t>DeCare - Horizon Blue Cross Blue Shield (Commercial)</t>
+  </si>
+  <si>
+    <t>DeCare Empire Claims</t>
+  </si>
+  <si>
+    <t>DeCare Empire Encounters</t>
+  </si>
+  <si>
+    <t>02027</t>
+  </si>
+  <si>
+    <t>Delta Dental (Northeast - ME NH and VT)</t>
+  </si>
+  <si>
+    <t>DDPFS</t>
+  </si>
+  <si>
+    <t>Delta Dental - Tricare Retiree</t>
+  </si>
+  <si>
+    <t>WDENC</t>
+  </si>
+  <si>
+    <t>Delta Dental Encara</t>
+  </si>
+  <si>
+    <t>94275</t>
+  </si>
+  <si>
+    <t>Delta Dental Health Svcs for Children with Spec Needs (HSCSN)</t>
+  </si>
+  <si>
+    <t>DDAL1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Alabama</t>
+  </si>
+  <si>
+    <t>DDFL1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Florida</t>
+  </si>
+  <si>
+    <t>DDGA1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Georgia</t>
+  </si>
+  <si>
+    <t>DDLA1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Louisiana</t>
+  </si>
+  <si>
+    <t>DDMS1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Mississippi</t>
+  </si>
+  <si>
+    <t>DDMT1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Montana</t>
+  </si>
+  <si>
+    <t>DDNV1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Nevada</t>
+  </si>
+  <si>
+    <t>DDTX1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Texas</t>
+  </si>
+  <si>
+    <t>DDUT1</t>
+  </si>
+  <si>
+    <t>Delta Dental Ins. Co. - Utah</t>
+  </si>
+  <si>
+    <t>DDAK1</t>
+  </si>
+  <si>
+    <t>Delta Dental of Alaska</t>
+  </si>
+  <si>
+    <t>86027</t>
+  </si>
+  <si>
+    <t>Delta Dental of Arizona</t>
+  </si>
+  <si>
+    <t>DDPAR</t>
+  </si>
+  <si>
+    <t>Delta Dental of Arkansas</t>
+  </si>
+  <si>
+    <t>77777</t>
+  </si>
+  <si>
+    <t>Delta Dental of California</t>
+  </si>
+  <si>
+    <t>DDPCO</t>
+  </si>
+  <si>
+    <t>Delta Dental of Colorado</t>
+  </si>
+  <si>
+    <t>22189</t>
+  </si>
+  <si>
+    <t>Delta Dental of Connecticut</t>
+  </si>
+  <si>
+    <t>51022</t>
+  </si>
+  <si>
+    <t>Delta Dental of Delaware</t>
+  </si>
+  <si>
+    <t>82029</t>
+  </si>
+  <si>
+    <t>Delta Dental of Idaho</t>
+  </si>
+  <si>
+    <t>05030</t>
+  </si>
+  <si>
+    <t>Delta Dental of Illinois</t>
+  </si>
+  <si>
+    <t>IDIND</t>
+  </si>
+  <si>
+    <t>Delta Dental of Illinois - Individual</t>
+  </si>
+  <si>
+    <t>DDPI</t>
+  </si>
+  <si>
+    <t>Delta Dental of Indiana</t>
+  </si>
+  <si>
+    <t>CDIA1</t>
+  </si>
+  <si>
+    <t>Delta Dental of Iowa</t>
+  </si>
+  <si>
+    <t>CDIAM</t>
+  </si>
+  <si>
+    <t>Delta Dental of Iowa - Government Programs</t>
+  </si>
+  <si>
+    <t>CDKS1</t>
+  </si>
+  <si>
+    <t>Delta Dental of Kansas</t>
+  </si>
+  <si>
+    <t>CDKY1</t>
+  </si>
+  <si>
+    <t>Delta Dental of Kentucky</t>
+  </si>
+  <si>
+    <t>DDMD1</t>
+  </si>
+  <si>
+    <t>Delta Dental of Maryland</t>
+  </si>
+  <si>
+    <t>04614</t>
+  </si>
+  <si>
+    <t>Delta Dental of Massachusetts</t>
+  </si>
+  <si>
+    <t>DDPM</t>
+  </si>
+  <si>
+    <t>Delta Dental of Michigan</t>
+  </si>
+  <si>
+    <t>Delta Dental of Minnesota</t>
+  </si>
+  <si>
+    <t>43090</t>
+  </si>
+  <si>
+    <t>Delta Dental of Missouri</t>
+  </si>
+  <si>
+    <t>07027</t>
+  </si>
+  <si>
+    <t>Delta Dental of Nebraska</t>
+  </si>
+  <si>
+    <t>Delta Dental of New Jersey</t>
+  </si>
+  <si>
+    <t>DDPNM</t>
+  </si>
+  <si>
+    <t>Delta Dental of New Mexico</t>
+  </si>
+  <si>
+    <t>Delta Dental of New York</t>
+  </si>
+  <si>
+    <t>56101</t>
+  </si>
+  <si>
+    <t>Delta Dental of North Carolina</t>
+  </si>
+  <si>
+    <t>07029</t>
+  </si>
+  <si>
+    <t>Delta Dental of North Dakota</t>
+  </si>
+  <si>
+    <t>DDPO</t>
+  </si>
+  <si>
+    <t>Delta Dental of Ohio</t>
+  </si>
+  <si>
+    <t>DDPOK</t>
+  </si>
+  <si>
+    <t>Delta Dental of Oklahoma</t>
+  </si>
+  <si>
+    <t>CDOR1</t>
+  </si>
+  <si>
+    <t>Delta Dental of Oregon</t>
+  </si>
+  <si>
+    <t>23166</t>
+  </si>
+  <si>
+    <t>Delta Dental of Pennsylvania</t>
+  </si>
+  <si>
+    <t>66043</t>
+  </si>
+  <si>
+    <t>Delta Dental of Puerto Rico</t>
+  </si>
+  <si>
+    <t>05029</t>
+  </si>
+  <si>
+    <t>Delta Dental of Rhode Island</t>
+  </si>
+  <si>
+    <t>43091</t>
+  </si>
+  <si>
+    <t>Delta Dental of South Carolina</t>
+  </si>
+  <si>
+    <t>54097</t>
+  </si>
+  <si>
+    <t>Delta Dental of South Dakota</t>
+  </si>
+  <si>
+    <t>DDPTN</t>
+  </si>
+  <si>
+    <t>Delta Dental of Tennessee</t>
+  </si>
+  <si>
+    <t>54084</t>
+  </si>
+  <si>
+    <t>Delta Dental of Virginia</t>
+  </si>
+  <si>
+    <t>91062</t>
+  </si>
+  <si>
+    <t>Delta Dental of Washington</t>
+  </si>
+  <si>
+    <t>52147</t>
+  </si>
+  <si>
+    <t>Delta Dental of Washington DC</t>
+  </si>
+  <si>
+    <t>31096</t>
+  </si>
+  <si>
+    <t>Delta Dental of West Virginia</t>
+  </si>
+  <si>
+    <t>39069</t>
+  </si>
+  <si>
+    <t>Delta Dental of Wisconsin</t>
+  </si>
+  <si>
+    <t>CDWY1</t>
+  </si>
+  <si>
+    <t>Delta Dental of Wyoming</t>
+  </si>
+  <si>
+    <t>WIMAN</t>
+  </si>
+  <si>
+    <t>Delta Dental Wisconsin Medicare Advantage</t>
+  </si>
+  <si>
+    <t>DHS01</t>
+  </si>
+  <si>
+    <t>Delta Health Systems</t>
+  </si>
+  <si>
+    <t>Delta Minnesota Capitation</t>
+  </si>
+  <si>
+    <t>Delta Minnesota DeltaCare Claims</t>
+  </si>
+  <si>
+    <t>07031</t>
+  </si>
+  <si>
+    <t>Delta Minnesota M.A./Public Programs</t>
+  </si>
+  <si>
+    <t>Delta Minnesota National Claims</t>
+  </si>
+  <si>
+    <t>Delta Minnesota/Wells Fargo Claims</t>
+  </si>
+  <si>
+    <t>Delta USA Dental Claims-Plan 005 MN</t>
+  </si>
+  <si>
+    <t>DDNJF</t>
+  </si>
+  <si>
+    <t>DeltaCare Flagship</t>
+  </si>
+  <si>
+    <t>DDCA2</t>
+  </si>
+  <si>
+    <t>DeltaCare USA - Claims</t>
+  </si>
+  <si>
+    <t>DDCA3</t>
+  </si>
+  <si>
+    <t>DeltaCare USA - Encounters</t>
+  </si>
+  <si>
+    <t>52133</t>
+  </si>
+  <si>
+    <t>Dental Benefit Providers</t>
+  </si>
+  <si>
+    <t>61474</t>
+  </si>
+  <si>
+    <t>Dental Blue Select</t>
+  </si>
+  <si>
+    <t>DCP01</t>
+  </si>
+  <si>
+    <t>Dental Care Plus (OH)</t>
+  </si>
+  <si>
     <t>ARGUS</t>
   </si>
   <si>
-    <t>Argus Dental Encounters</t>
-[...194 lines deleted...]
-    <t>CB833</t>
+    <t>Dental Decisions (Direct Assignment)</t>
+  </si>
+  <si>
+    <t>64246</t>
+  </si>
+  <si>
+    <t>Dental Guard Preferred</t>
+  </si>
+  <si>
+    <t>90807</t>
+  </si>
+  <si>
+    <t>Dental Health Services</t>
+  </si>
+  <si>
+    <t>DNOA1</t>
+  </si>
+  <si>
+    <t>Dental Network of America</t>
+  </si>
+  <si>
+    <t>DX134</t>
+  </si>
+  <si>
+    <t>Pro Benefits Administrators (Dental Pay Plus)</t>
+  </si>
+  <si>
+    <t>CX017</t>
+  </si>
+  <si>
+    <t>DentalComp</t>
+  </si>
+  <si>
+    <t>DentaQuest - Government</t>
+  </si>
+  <si>
+    <t>88888</t>
+  </si>
+  <si>
+    <t>Dentegra</t>
+  </si>
+  <si>
+    <t>34196</t>
+  </si>
+  <si>
+    <t>Dentist Direct</t>
+  </si>
+  <si>
+    <t>12116</t>
+  </si>
+  <si>
+    <t>Department of Veterans Affairs</t>
+  </si>
+  <si>
+    <t>DX214</t>
+  </si>
+  <si>
+    <t>Deseret Mutual Benefit Administrators (DMBA)</t>
+  </si>
+  <si>
+    <t>B1200</t>
+  </si>
+  <si>
+    <t>Detroit &amp; Vicinity Trowel Trades Health &amp; Welfare Fund - Bricklayers</t>
+  </si>
+  <si>
+    <t>B1100</t>
+  </si>
+  <si>
+    <t>Detroit &amp; Vicinity Trowel Trades Health &amp; Welfare Fund - Cement Masons 514</t>
+  </si>
+  <si>
+    <t>25172</t>
+  </si>
+  <si>
+    <t>DH Evans</t>
+  </si>
+  <si>
+    <t>CX090</t>
+  </si>
+  <si>
+    <t>Dina Dental Plans</t>
+  </si>
+  <si>
+    <t>DXDAB</t>
+  </si>
+  <si>
+    <t>Direct Assigned Benefits</t>
+  </si>
+  <si>
+    <t>Direct Care Administrators</t>
+  </si>
+  <si>
+    <t>SDCOM</t>
+  </si>
+  <si>
+    <t>Direct Dental Administrators Inc.</t>
+  </si>
+  <si>
+    <t>DX073</t>
+  </si>
+  <si>
+    <t>Direct Reimbursement (GA)</t>
+  </si>
+  <si>
+    <t>DX129</t>
+  </si>
+  <si>
+    <t>Direct Reimbursement Dental Plans of NY Inc.</t>
+  </si>
+  <si>
+    <t>HSP01</t>
+  </si>
+  <si>
+    <t>District Council 37 Health and Security Plan</t>
+  </si>
+  <si>
+    <t>DX056</t>
+  </si>
+  <si>
+    <t>Diversified Administration Corp (CT)</t>
+  </si>
+  <si>
+    <t>25160</t>
+  </si>
+  <si>
+    <t>Diversified NKA MCA Administrators</t>
+  </si>
+  <si>
+    <t>Doctors Council Benefit Fund</t>
+  </si>
+  <si>
+    <t>DOM01</t>
+  </si>
+  <si>
+    <t>Dominion Dental</t>
+  </si>
+  <si>
+    <t>35186</t>
+  </si>
+  <si>
+    <t>Dunn and Associates (UCS)</t>
+  </si>
+  <si>
+    <t>75232</t>
+  </si>
+  <si>
+    <t>E3 Health Inc.</t>
+  </si>
+  <si>
+    <t>DX087</t>
+  </si>
+  <si>
+    <t>EBA &amp; M Corp (CA)</t>
+  </si>
+  <si>
+    <t>SX110</t>
+  </si>
+  <si>
+    <t>Educators Mutual Insurance Association</t>
+  </si>
+  <si>
+    <t>73288</t>
+  </si>
+  <si>
+    <t>EHI EHIC</t>
+  </si>
+  <si>
+    <t>BV300</t>
+  </si>
+  <si>
+    <t>Electrical Workers Health &amp; Welfare Local 357</t>
+  </si>
+  <si>
+    <t>DX157</t>
+  </si>
+  <si>
+    <t>Elite Administration &amp; Insurance Group Inc.</t>
+  </si>
+  <si>
+    <t>EMI Health (Educators Mutual Life)</t>
+  </si>
+  <si>
+    <t>Emphesys</t>
+  </si>
+  <si>
+    <t>Empire Blue Cross/Blue Shield</t>
+  </si>
+  <si>
+    <t>Empire Dental</t>
+  </si>
+  <si>
+    <t>37257</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Employee Benefit Consultants - EBC Inc.  (OH WI KY NM)</t>
+  </si>
+  <si>
+    <t>CX025</t>
+  </si>
+  <si>
+    <t>Employee Benefit Management Corp. (EBMC)</t>
+  </si>
+  <si>
+    <t>81039</t>
+  </si>
+  <si>
+    <t>Employee Benefit Management Services Inc. (EBMS)</t>
+  </si>
+  <si>
+    <t>42149</t>
+  </si>
+  <si>
+    <t>Employee Benefit System</t>
+  </si>
+  <si>
+    <t>Employee Benefits Plan Administration Inc. (E.B.P.A.)</t>
+  </si>
+  <si>
+    <t>Employee Group Services</t>
+  </si>
+  <si>
+    <t>BSB00</t>
+  </si>
+  <si>
+    <t>Employee Painters Trust Health &amp; Welfare</t>
+  </si>
+  <si>
+    <t>35112</t>
+  </si>
+  <si>
+    <t>Employee Plans LLC</t>
+  </si>
+  <si>
+    <t>EDHP1</t>
+  </si>
+  <si>
+    <t>Employer Driven Insurance Services (E.D.I.S)</t>
+  </si>
+  <si>
+    <t>CX031</t>
+  </si>
+  <si>
+    <t>Employer Plan Services Inc.</t>
+  </si>
+  <si>
+    <t>Employers Health Insurance of Wisconsin</t>
+  </si>
+  <si>
+    <t>46278</t>
+  </si>
+  <si>
+    <t>Envolve - Arizona Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve - Florida Medicare Ascension</t>
+  </si>
+  <si>
+    <t>Envolve - Illinois Medicare Ascension</t>
+  </si>
+  <si>
+    <t>Envolve - Kansas Medicare Ascension</t>
+  </si>
+  <si>
+    <t>Envolve - Nevada Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - New Mexico Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Pennsylvania Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve - South Carolina Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve - Texas Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Ambetter from Magnolia Health</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Arizona - Bridgeway</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Arizona - Cenpatico</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Arizona - Health Net Access Medicaid (Chip)</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Arizona - Health Net Access Medicaid Adults</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Arizona - Health Net Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Arkansas - Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - FL Sunshine Health Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - FL Sunshine Health Long Term Care (DOS Prior to 1/31/19)</t>
+  </si>
+  <si>
+    <t>Envolve Dental - FL Sunshine Health Medicaid/MMA Adult (DOS Prior to 1/31/19)</t>
+  </si>
+  <si>
+    <t>Envolve Dental - FL Sunshine Health Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Georgia - Peach State Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Georgia - Peach State Medicaid Adult</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Georgia - Peach State Medicaid CHIP</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Georgia - Peach State Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Illinois - IlliniCare Health Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Illinois - IlliniCare Health Medicaid</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Illinois - IlliniCare Health MMA (Dual)</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana MHS - Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana MHS - HIP Basic Plus Pregnancy</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana MHS - Hoosier Care Connect</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana MHS - Hoosier Healthwise Package A</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana MHS - Hoosier Healthwise Package C</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana MHS- HP Basic (19-20 yrs old)</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana MHS- HP Plus</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Kansas - Sunflower</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Michigan Medicaid/Medicare Duals</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Mississippi - Magnolia Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Envolve Dental - MississippiCAN</t>
+  </si>
+  <si>
+    <t>Envolve Dental - MississippiCHIP</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Missouri - Home State Health</t>
+  </si>
+  <si>
+    <t>Envolve Dental - New Mexico - Western Sky</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Oregon - Trillium Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Texas - Superior Health Plan Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Wisconsin</t>
+  </si>
+  <si>
+    <t>Envolve Dental – Illinois Medicare</t>
+  </si>
+  <si>
+    <t>Envolve Dental – Kansas Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental – Kansas Medicare</t>
+  </si>
+  <si>
+    <t>Envolve Dental – Louisiana Medicare</t>
+  </si>
+  <si>
+    <t>Envolve Dental – Missouri Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental – Missouri Medicare</t>
+  </si>
+  <si>
+    <t>Envolve Dental – Pennsylvania Medicare</t>
+  </si>
+  <si>
+    <t>Envolve Dental FL Sunshine Health Medicaid/MMA Child (DOS Prior to 1/31/19)</t>
+  </si>
+  <si>
+    <t>Equicor / Equitable</t>
+  </si>
+  <si>
+    <t>EVERCARE of New Mexico / United HealthCare</t>
+  </si>
+  <si>
+    <t>Excellus Inc.</t>
+  </si>
+  <si>
+    <t>EXC03</t>
+  </si>
+  <si>
+    <t>Excellus Inc. Federal</t>
+  </si>
+  <si>
+    <t>PHD01</t>
+  </si>
+  <si>
+    <t>Family Care CCO (Coordinated Care Org)</t>
+  </si>
+  <si>
+    <t>FCL Dental</t>
+  </si>
+  <si>
+    <t>54771</t>
+  </si>
+  <si>
+    <t>Federal Employees Program</t>
+  </si>
+  <si>
+    <t>BCAFD</t>
+  </si>
+  <si>
+    <t>FEP BlueDental (International)</t>
+  </si>
+  <si>
+    <t>FDC01</t>
+  </si>
+  <si>
+    <t>Fidelio (PA)</t>
+  </si>
+  <si>
+    <t>First Commonwealth HMO Dental Plan</t>
+  </si>
+  <si>
+    <t>FDH01</t>
+  </si>
+  <si>
+    <t>First Dental Health (CA)</t>
+  </si>
+  <si>
+    <t>First Dental Health PPO</t>
+  </si>
+  <si>
+    <t>33033</t>
+  </si>
+  <si>
+    <t>First Health Network</t>
+  </si>
+  <si>
+    <t>First Integrated Health</t>
+  </si>
+  <si>
+    <t>13317</t>
+  </si>
+  <si>
+    <t>First Reliance Standard</t>
+  </si>
+  <si>
+    <t>11244</t>
+  </si>
+  <si>
+    <t>Fitzharris &amp; Company</t>
+  </si>
+  <si>
+    <t>R7004</t>
+  </si>
+  <si>
+    <t>Flex Compensation</t>
+  </si>
+  <si>
+    <t>FlexCare</t>
+  </si>
+  <si>
+    <t>76031</t>
+  </si>
+  <si>
+    <t>Florida Combined Life (Dental)</t>
+  </si>
+  <si>
+    <t>FDB01</t>
+  </si>
+  <si>
+    <t>Florida Dental Benefits</t>
+  </si>
+  <si>
+    <t>FLPAC</t>
+  </si>
+  <si>
+    <t>Florida Pace Centers</t>
+  </si>
+  <si>
+    <t>Florida Power &amp; Light</t>
+  </si>
+  <si>
+    <t>48117</t>
+  </si>
+  <si>
+    <t>FMH Benefit Services Inc.</t>
+  </si>
+  <si>
+    <t>25059</t>
+  </si>
+  <si>
+    <t>Forest County Potawatomi Insurance Department</t>
+  </si>
+  <si>
+    <t>LX050</t>
+  </si>
+  <si>
+    <t>Formula Benefits (2060 Center Pointe)</t>
+  </si>
+  <si>
+    <t>Formula Benefits (2919 Eagandale)</t>
+  </si>
+  <si>
+    <t>Formula Benefits (3265 Northwood)</t>
+  </si>
+  <si>
+    <t>39065</t>
+  </si>
+  <si>
+    <t>Fortis Insurance (Individual Plans - formerly Time Ins.)</t>
+  </si>
+  <si>
+    <t>95213</t>
+  </si>
+  <si>
+    <t>Foundation for Dental Care</t>
+  </si>
+  <si>
+    <t>FVLAB</t>
+  </si>
+  <si>
+    <t>Fox Valley Laborers Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>CX041</t>
+  </si>
+  <si>
+    <t>Fraternal Order of Police</t>
+  </si>
+  <si>
+    <t>DX300</t>
+  </si>
+  <si>
+    <t>Freedom Life Insurance</t>
+  </si>
+  <si>
+    <t>45289</t>
+  </si>
+  <si>
+    <t>Fringe Benefits Group</t>
+  </si>
+  <si>
+    <t>66613</t>
+  </si>
+  <si>
+    <t>GBS Inc.</t>
+  </si>
+  <si>
+    <t>GCU01</t>
+  </si>
+  <si>
+    <t>GCU Local 8-M &amp; 96B Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>44054</t>
+  </si>
+  <si>
+    <t>GEHA</t>
+  </si>
+  <si>
+    <t>57254</t>
+  </si>
+  <si>
+    <t>GEHA Connection Dental Federal</t>
+  </si>
+  <si>
+    <t>GEMGR</t>
+  </si>
+  <si>
+    <t>GEMGroup</t>
+  </si>
+  <si>
+    <t>GEMGroup (Bricklayers of Delaware-BAC Local 1)</t>
+  </si>
+  <si>
+    <t>GEMG2</t>
+  </si>
+  <si>
+    <t>GEMGroup (Laborers of Delaware-Local199)</t>
+  </si>
+  <si>
+    <t>GEMGroup (Plumbers and Pipefitters-Local 74)</t>
+  </si>
+  <si>
+    <t>Georgia Medicaid Grady HealthcareInc</t>
+  </si>
+  <si>
+    <t>GHI - New York - (Group Health Inc.)</t>
+  </si>
+  <si>
+    <t>80314D</t>
+  </si>
+  <si>
+    <t>GIC</t>
+  </si>
+  <si>
+    <t>07205</t>
+  </si>
+  <si>
+    <t>Gilsbar Inc.</t>
+  </si>
+  <si>
+    <t>GWD01</t>
+  </si>
+  <si>
+    <t>Golden West Dental</t>
+  </si>
+  <si>
+    <t>Government Employee Hospital Association Inc.</t>
+  </si>
+  <si>
+    <t>DX034</t>
+  </si>
+  <si>
+    <t>GPA - Group &amp; Pension Admin (TX)</t>
+  </si>
+  <si>
+    <t>36338</t>
+  </si>
+  <si>
+    <t>Group Administrators Ltd. (IL)</t>
+  </si>
+  <si>
+    <t>95192</t>
+  </si>
+  <si>
+    <t>Group Health Co-Op of Eau Claire</t>
+  </si>
+  <si>
+    <t>10006</t>
+  </si>
+  <si>
+    <t>Group Health Cooperative of South Central Wisconsin</t>
+  </si>
+  <si>
+    <t>CX015</t>
+  </si>
+  <si>
+    <t>Group Link of Indiana</t>
+  </si>
+  <si>
+    <t>DX035</t>
+  </si>
+  <si>
+    <t>Group Resources Inc. (GA)</t>
+  </si>
+  <si>
+    <t>Guaranty</t>
+  </si>
+  <si>
+    <t>Guardian Life Insurance Co. of America</t>
+  </si>
+  <si>
+    <t>DXGL1</t>
+  </si>
+  <si>
+    <t>Gundersen Lutheran Health</t>
+  </si>
+  <si>
+    <t>97258</t>
+  </si>
+  <si>
+    <t>Hammerman and Gainer</t>
+  </si>
+  <si>
+    <t>DX030</t>
+  </si>
+  <si>
+    <t>Harvard Pilgrim Health</t>
+  </si>
+  <si>
+    <t>99010</t>
+  </si>
+  <si>
+    <t>Hawaii Dental Service</t>
+  </si>
+  <si>
+    <t>HCSC (Blue Cross Blue Shield of Illinois)</t>
+  </si>
+  <si>
+    <t>HDSMH</t>
+  </si>
+  <si>
+    <t>HDS Medicaid</t>
+  </si>
+  <si>
+    <t>77950</t>
+  </si>
+  <si>
+    <t>Health Alliance</t>
+  </si>
+  <si>
+    <t>73147</t>
+  </si>
+  <si>
+    <t>Health Care Solutions Group Inc.</t>
+  </si>
+  <si>
+    <t>DX225</t>
+  </si>
+  <si>
+    <t>Health Choice Generation</t>
+  </si>
+  <si>
+    <t>DX029</t>
+  </si>
+  <si>
+    <t>Health Comp</t>
+  </si>
+  <si>
+    <t>16112</t>
+  </si>
+  <si>
+    <t>Health Economics Group Inc.</t>
+  </si>
+  <si>
+    <t>DXHM1</t>
+  </si>
+  <si>
+    <t>Health Management Systems</t>
+  </si>
+  <si>
+    <t>Health Net - Commercial</t>
+  </si>
+  <si>
+    <t>Health Net - Government Program</t>
+  </si>
+  <si>
+    <t>Health Net 21 - LA &amp; Sacramento (LIBERTY Dental)</t>
+  </si>
+  <si>
+    <t>Health Net Los Angeles PHP (LIBERTY Dental)</t>
+  </si>
+  <si>
+    <t>Health Net Sacramento GMC (LIBERTY Dental)</t>
+  </si>
+  <si>
+    <t>55204</t>
+  </si>
+  <si>
+    <t>HealthNow Commercial</t>
+  </si>
+  <si>
+    <t>51037</t>
+  </si>
+  <si>
+    <t>Health Now Administrative Service (previously Brokerage Concepts)</t>
+  </si>
+  <si>
+    <t>Health Partners Medicare</t>
+  </si>
+  <si>
+    <t>62157</t>
+  </si>
+  <si>
+    <t>Health Partners of Tennessee</t>
+  </si>
+  <si>
+    <t>Health Partners Plans (Medicaid and CHIP)</t>
+  </si>
+  <si>
+    <t>76342</t>
+  </si>
+  <si>
+    <t>Health Plan of Nevada</t>
+  </si>
+  <si>
+    <t>DX110</t>
+  </si>
+  <si>
+    <t>Health Plans Inc (MA)</t>
+  </si>
+  <si>
+    <t>CX019</t>
+  </si>
+  <si>
+    <t>Health Resources Inc</t>
+  </si>
+  <si>
+    <t>CKMA1</t>
+  </si>
+  <si>
+    <t>Health Safety Net (HSN)</t>
+  </si>
+  <si>
+    <t>HSCS1</t>
+  </si>
+  <si>
+    <t>Health Services for Children with Special Needs</t>
+  </si>
+  <si>
+    <t>37272</t>
+  </si>
+  <si>
+    <t>Health Smart - Direct Reimbursement Benefit Plans</t>
+  </si>
+  <si>
+    <t>HMA01</t>
+  </si>
+  <si>
+    <t>Healthcare Management Administrators Inc</t>
+  </si>
+  <si>
+    <t>71064</t>
+  </si>
+  <si>
+    <t>HealthChoice Oklahoma</t>
+  </si>
+  <si>
+    <t>HealthEdge Administrators</t>
+  </si>
+  <si>
+    <t>75234</t>
+  </si>
+  <si>
+    <t>HealthFirst TPA</t>
+  </si>
+  <si>
+    <t>90001</t>
+  </si>
+  <si>
+    <t>HealthLink</t>
+  </si>
+  <si>
+    <t>11271</t>
+  </si>
+  <si>
+    <t>Emblem Dental (HealthPlex)</t>
+  </si>
+  <si>
+    <t>HSCD1</t>
+  </si>
+  <si>
+    <t>HealthShare CCO Dental</t>
+  </si>
+  <si>
+    <t>Healthsmart (Americas Choice Health Plans)</t>
+  </si>
+  <si>
+    <t>HealthSmart (Formerly JSL Administrators)</t>
+  </si>
+  <si>
+    <t>HealthSmart (Formerly Wells Fargo TPA)</t>
+  </si>
+  <si>
+    <t>75237</t>
+  </si>
+  <si>
+    <t>HealthSmart Accel</t>
+  </si>
+  <si>
+    <t>87815</t>
+  </si>
+  <si>
+    <t>HealthSmart Benefit Solutions</t>
+  </si>
+  <si>
+    <t>DX095</t>
+  </si>
+  <si>
+    <t>HealthSmart Preferred Care</t>
+  </si>
+  <si>
+    <t>Healthsource Provident</t>
+  </si>
+  <si>
+    <t>WT069</t>
+  </si>
+  <si>
+    <t>Healthy Choice Benefit Plans</t>
+  </si>
+  <si>
+    <t>CKSC1</t>
+  </si>
+  <si>
+    <t>Healthy Connections (Medicaid of South Carolina)</t>
+  </si>
+  <si>
+    <t>CPPCA</t>
+  </si>
+  <si>
+    <t>Healthy Families (CA)</t>
+  </si>
+  <si>
+    <t>Healthy Michigan Dental</t>
+  </si>
+  <si>
+    <t>Healthy Michigan Dental (UHC)</t>
+  </si>
+  <si>
+    <t>BM100</t>
+  </si>
+  <si>
+    <t>Heat &amp; Frost Insulators &amp; Allied Workers Local 25 Welcare Fund</t>
+  </si>
+  <si>
+    <t>BL800</t>
+  </si>
+  <si>
+    <t>Heat &amp; Frost Insulators and Asbestos Workers H &amp;W Trust Local 5</t>
+  </si>
+  <si>
+    <t>DX150</t>
+  </si>
+  <si>
+    <t>Heating Pipelines &amp; Refrigeration</t>
+  </si>
+  <si>
+    <t>HGL01</t>
+  </si>
+  <si>
+    <t>Heavy &amp; General Laborers</t>
+  </si>
+  <si>
+    <t>DXHCI</t>
+  </si>
+  <si>
+    <t>Heritage Consultants Inc.</t>
+  </si>
+  <si>
+    <t>CX013</t>
+  </si>
+  <si>
+    <t>Hershey Healthsmile</t>
+  </si>
+  <si>
+    <t>86066</t>
+  </si>
+  <si>
+    <t>HMA - Hawaii Mainland Administrators</t>
+  </si>
+  <si>
+    <t>48330</t>
+  </si>
+  <si>
+    <t>HMAA/HWMG</t>
+  </si>
+  <si>
+    <t>HMSA (BCBS of Hawaii)</t>
+  </si>
+  <si>
+    <t>H2906</t>
+  </si>
+  <si>
+    <t>Hometown Health</t>
+  </si>
+  <si>
+    <t>Hoosier Dental</t>
+  </si>
+  <si>
+    <t>Horizon BCBSNJ</t>
+  </si>
+  <si>
+    <t>Horizon Blue Cross Blue Shield - DeCare</t>
+  </si>
+  <si>
+    <t>Horizon Commercial</t>
+  </si>
+  <si>
+    <t>HNJ01</t>
+  </si>
+  <si>
+    <t>Horizon NJ Health (Scion)</t>
+  </si>
+  <si>
+    <t>HSBA1</t>
+  </si>
+  <si>
+    <t>HSBA Inc.</t>
+  </si>
+  <si>
+    <t>Humana</t>
+  </si>
+  <si>
+    <t>Humana CompBenefits Federal Plan Dental</t>
+  </si>
+  <si>
+    <t>49944</t>
+  </si>
+  <si>
+    <t>Humana de Puerto Rico</t>
+  </si>
+  <si>
+    <t>Humana Specialty Benefits Claim</t>
+  </si>
+  <si>
+    <t>Humana Specialty Benefits Florida Healthy Kids Dental</t>
+  </si>
+  <si>
+    <t>Humana Specialty Benefits State of Florida Dental</t>
+  </si>
+  <si>
+    <t>B2800</t>
+  </si>
+  <si>
+    <t>I.A. of M. Motor City Health &amp; Welfare Fund - Machinists</t>
+  </si>
+  <si>
+    <t>B2500</t>
+  </si>
+  <si>
+    <t>I.B.E.W Local 17 Health and Welfare Fund</t>
+  </si>
+  <si>
+    <t>22175</t>
+  </si>
+  <si>
+    <t>I.E. Shaffer</t>
+  </si>
+  <si>
+    <t>IAT01</t>
+  </si>
+  <si>
+    <t>IATSE Atlanta Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>BW200</t>
+  </si>
+  <si>
+    <t>IATSE Local 16 H &amp; W Trust Fund</t>
+  </si>
+  <si>
+    <t>DX176</t>
+  </si>
+  <si>
+    <t>IBEW Local 176</t>
+  </si>
+  <si>
+    <t>Idaho Smiles</t>
+  </si>
+  <si>
+    <t>65030</t>
+  </si>
+  <si>
+    <t>Idaho Smiles Medicaid</t>
+  </si>
+  <si>
+    <t>86304</t>
+  </si>
+  <si>
+    <t>IHC Health Solutions</t>
+  </si>
+  <si>
+    <t>ALATEK</t>
+  </si>
+  <si>
+    <t>ILA Employers Welfare Fund</t>
+  </si>
+  <si>
+    <t>36600</t>
+  </si>
+  <si>
+    <t>Illinois Central Hospital Association</t>
+  </si>
+  <si>
+    <t>B9300</t>
+  </si>
+  <si>
+    <t>Illinois State Painters Welfare Fund</t>
+  </si>
+  <si>
+    <t>41600</t>
+  </si>
+  <si>
+    <t>IMCare</t>
+  </si>
+  <si>
+    <t>40585</t>
+  </si>
+  <si>
+    <t>INDECS Corp.</t>
+  </si>
+  <si>
+    <t>DX135</t>
+  </si>
+  <si>
+    <t>Independent Health</t>
+  </si>
+  <si>
+    <t>Indiana/Kentucky/Ohio Regional Council of Carpenters Welfare Fund</t>
+  </si>
+  <si>
+    <t>52196</t>
+  </si>
+  <si>
+    <t>InforMed LLC</t>
+  </si>
+  <si>
+    <t>38255</t>
+  </si>
+  <si>
+    <t>Insight Benefit Administrators (Previously Activa)</t>
+  </si>
+  <si>
+    <t>BM400</t>
+  </si>
+  <si>
+    <t>Insulators Local 45 Health Care Plan</t>
+  </si>
+  <si>
+    <t>13315</t>
+  </si>
+  <si>
+    <t>Insurance Design Administrators</t>
+  </si>
+  <si>
+    <t>72090</t>
+  </si>
+  <si>
+    <t>Insurance Management Administrators of Louisiana Inc. (IMA)</t>
+  </si>
+  <si>
+    <t>88006</t>
+  </si>
+  <si>
+    <t>Insurance Management Services (IMS)</t>
+  </si>
+  <si>
+    <t>DX115</t>
+  </si>
+  <si>
+    <t>Insurance Programmers Inc.(IBEW) Local 1 35 90</t>
+  </si>
+  <si>
+    <t>51020</t>
+  </si>
+  <si>
+    <t>Integra Administrative Group</t>
+  </si>
+  <si>
+    <t>87765</t>
+  </si>
+  <si>
+    <t>Interactive Medical Systems</t>
+  </si>
+  <si>
+    <t>IHND1</t>
+  </si>
+  <si>
+    <t>InterCommunity Health CCO Dental</t>
+  </si>
+  <si>
+    <t>DXIL1</t>
+  </si>
+  <si>
+    <t>Intermountain Laboratories</t>
+  </si>
+  <si>
+    <t>International Association of Theatrical Stage Employees (IATSE) Atlanta Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>A1117</t>
+  </si>
+  <si>
+    <t>International Brotherhood of Electrical Workers (IBEW) Local 117 Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>International Brotherhood of Electrical Workers (IBEW) Local 38 Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>A4681</t>
+  </si>
+  <si>
+    <t>International Brotherhood of Electrical Workers (IBEW) Local 481</t>
+  </si>
+  <si>
+    <t>EWF01</t>
+  </si>
+  <si>
+    <t>International Brotherhood of Electrical Workers 369</t>
+  </si>
+  <si>
+    <t>Intl Brotherhood of Boilermakers</t>
+  </si>
+  <si>
+    <t>36342</t>
+  </si>
+  <si>
+    <t>IPMG Employee Benefit Services</t>
+  </si>
+  <si>
+    <t>DX161</t>
+  </si>
+  <si>
+    <t>Iron Clad Insurance</t>
+  </si>
+  <si>
+    <t>Itasca Medical Care</t>
+  </si>
+  <si>
+    <t>ITPEU</t>
+  </si>
+  <si>
+    <t>ITPEU Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>DX324</t>
+  </si>
+  <si>
+    <t>IUOE Local 324</t>
+  </si>
+  <si>
+    <t>IUOE2</t>
+  </si>
+  <si>
+    <t>IUOE Local 324 (Benesys)</t>
+  </si>
+  <si>
+    <t>IUOE1</t>
+  </si>
+  <si>
+    <t>IUOE Local 399 Health &amp; Welfare</t>
+  </si>
+  <si>
+    <t>61271</t>
+  </si>
+  <si>
+    <t>J. F. Molloy and Associates</t>
+  </si>
+  <si>
+    <t>DX128</t>
+  </si>
+  <si>
+    <t>JJ Stanis &amp; Co. Inc.</t>
+  </si>
+  <si>
+    <t>Joint Industry Board of the Electrical Industry</t>
+  </si>
+  <si>
+    <t>34136</t>
+  </si>
+  <si>
+    <t>JP Farley Corporation</t>
+  </si>
+  <si>
+    <t>JSL Administrators (HealthSmart)</t>
+  </si>
+  <si>
+    <t>KBT01</t>
+  </si>
+  <si>
+    <t>Kansas Building Trades</t>
+  </si>
+  <si>
+    <t>CX058</t>
+  </si>
+  <si>
+    <t>Kansas City Life Insurance Company</t>
+  </si>
+  <si>
+    <t>61453</t>
+  </si>
+  <si>
+    <t>Kemper Benefits</t>
+  </si>
+  <si>
+    <t>73100</t>
+  </si>
+  <si>
+    <t>Kempton Company</t>
+  </si>
+  <si>
+    <t>Kempton Group Administrators</t>
+  </si>
+  <si>
+    <t>37217</t>
+  </si>
+  <si>
+    <t>Key Benefit Administrators</t>
+  </si>
+  <si>
+    <t>37322</t>
+  </si>
+  <si>
+    <t>Key Healthy Partners</t>
+  </si>
+  <si>
+    <t>SCNKF</t>
+  </si>
+  <si>
+    <t>Keystone First - PA</t>
+  </si>
+  <si>
+    <t>KEY01</t>
+  </si>
+  <si>
+    <t>Keystone Mercy Health Plan</t>
+  </si>
+  <si>
+    <t>DXKEY</t>
+  </si>
+  <si>
+    <t>Keystone Mercy Health Plan (Pre-Authorizations)</t>
+  </si>
+  <si>
+    <t>A1004</t>
+  </si>
+  <si>
+    <t>Laborers Metropolitan Detroit Healthcare Fund</t>
+  </si>
+  <si>
+    <t>Laborers of Delaware-Local 199 (GEMGroup)</t>
+  </si>
+  <si>
+    <t>R7001</t>
+  </si>
+  <si>
+    <t>Laborers Union of Minnesota</t>
+  </si>
+  <si>
+    <t>Law Enforcement Health Benefits (LEHB)</t>
+  </si>
+  <si>
+    <t>Liberty Dental - Medicaid of Nevada</t>
+  </si>
+  <si>
+    <t>Liberty Dental Plan</t>
+  </si>
+  <si>
+    <t>LGC33</t>
+  </si>
+  <si>
+    <t>Life Gift Cards LLC</t>
+  </si>
+  <si>
+    <t>RLH01</t>
+  </si>
+  <si>
+    <t>LifeMap</t>
+  </si>
+  <si>
+    <t>LifeRe</t>
+  </si>
+  <si>
+    <t>LWHOR</t>
+  </si>
+  <si>
+    <t>LifeWise Health Plan of Oregon</t>
+  </si>
+  <si>
+    <t>LifeWise Health Plan of Washington</t>
+  </si>
+  <si>
+    <t>Lincoln Financial Group (Salt Lake City)</t>
+  </si>
+  <si>
+    <t>DX211</t>
+  </si>
+  <si>
+    <t>Lineco</t>
+  </si>
+  <si>
+    <t>Local 108 Recycling &amp; General Industrial</t>
+  </si>
+  <si>
+    <t>Local 1102 Medical Fund</t>
+  </si>
+  <si>
+    <t>Local 1298</t>
+  </si>
+  <si>
+    <t>84041</t>
+  </si>
+  <si>
+    <t>Local 137 Operating Engineers Welfare Fund</t>
+  </si>
+  <si>
+    <t>Local 175 Untied Plant &amp; Production Workers Benefit Fund</t>
+  </si>
+  <si>
+    <t>Local 295-IBT</t>
+  </si>
+  <si>
+    <t>Local 338</t>
+  </si>
+  <si>
+    <t>DX130</t>
+  </si>
+  <si>
+    <t>Local 342 Insurance Trust</t>
+  </si>
+  <si>
+    <t>Local 475 Health Plan</t>
+  </si>
+  <si>
+    <t>Local 514</t>
+  </si>
+  <si>
+    <t>Local 670 Welfare Fund</t>
+  </si>
+  <si>
+    <t>Local 707</t>
+  </si>
+  <si>
+    <t>Local 713 I.B.O.T.U</t>
+  </si>
+  <si>
+    <t>Local 8-M &amp; 96B Health &amp; Welfare</t>
+  </si>
+  <si>
+    <t>Local 80518</t>
+  </si>
+  <si>
+    <t>Local 80545</t>
+  </si>
+  <si>
+    <t>Local 810 United Wire &amp; Metal International</t>
+  </si>
+  <si>
+    <t>Local 813 Insurance Trust Fund</t>
+  </si>
+  <si>
+    <t>CKPA1</t>
+  </si>
+  <si>
+    <t>MA Service Program</t>
+  </si>
+  <si>
+    <t>DX126</t>
+  </si>
+  <si>
+    <t>MagnaCare Local 1181 138</t>
+  </si>
+  <si>
+    <t>DX091</t>
+  </si>
+  <si>
+    <t>Managed Care Administrators Inc.</t>
+  </si>
+  <si>
+    <t>56162</t>
+  </si>
+  <si>
+    <t>Managed Care of America</t>
+  </si>
+  <si>
+    <t>Managed Care of North America Inc. (MCNA)</t>
+  </si>
+  <si>
+    <t>Managed Dental Care Network</t>
+  </si>
+  <si>
+    <t>GI813</t>
+  </si>
+  <si>
+    <t>Managed DentalGuard</t>
+  </si>
+  <si>
+    <t>Managed Health Services - WI State Employees</t>
+  </si>
+  <si>
+    <t>DX924</t>
+  </si>
+  <si>
+    <t>Manhattan Life</t>
+  </si>
+  <si>
+    <t>Maricopa Health Plan (DentaQuest)</t>
+  </si>
+  <si>
+    <t>Marriott</t>
+  </si>
+  <si>
+    <t>DX079</t>
+  </si>
+  <si>
+    <t>Marsh Advantage (OK)/Seabury &amp; Smith</t>
+  </si>
+  <si>
+    <t>SCNMH</t>
+  </si>
+  <si>
+    <t>Maryland Healthy Smiles - DHMH</t>
+  </si>
+  <si>
+    <t>DXMHS</t>
+  </si>
+  <si>
+    <t>Maryland Healthy Smiles: Claims Pregnant Women</t>
+  </si>
+  <si>
+    <t>DXHSP</t>
+  </si>
+  <si>
+    <t>Maryland Healthy Smiles: Pre-Authorization Pregnant Women</t>
+  </si>
+  <si>
+    <t>Maryland Physicians Care MCO</t>
+  </si>
+  <si>
+    <t>DX113</t>
+  </si>
+  <si>
+    <t>Mashantucket Pequot INS / PRXN Administrators</t>
+  </si>
+  <si>
+    <t>65935</t>
+  </si>
+  <si>
+    <t>Mass Mutual</t>
+  </si>
+  <si>
+    <t>Massachusetts Health Program</t>
+  </si>
+  <si>
+    <t>87065</t>
+  </si>
+  <si>
+    <t>MBA of Wyoming</t>
+  </si>
+  <si>
+    <t>83028</t>
+  </si>
+  <si>
+    <t>MBA Salt Lake City</t>
+  </si>
+  <si>
+    <t>56205</t>
+  </si>
+  <si>
+    <t>MBS</t>
+  </si>
+  <si>
+    <t>DX204</t>
+  </si>
+  <si>
+    <t>MCA Administrators</t>
+  </si>
+  <si>
+    <t>McKinley Life Insurance Co. (AultCare Co.)</t>
+  </si>
+  <si>
+    <t>74323</t>
+  </si>
+  <si>
+    <t>MedBen (Newark OH)</t>
+  </si>
+  <si>
+    <t>MedCost Benefit Services (MBS)</t>
+  </si>
+  <si>
+    <t>Medcost of North Carolina</t>
+  </si>
+  <si>
+    <t>94146</t>
+  </si>
+  <si>
+    <t>Medi-cal Dental</t>
+  </si>
+  <si>
+    <t>MEDICA of Minnesota</t>
+  </si>
+  <si>
+    <t>CKAL1</t>
+  </si>
+  <si>
+    <t>Medicaid of Alabama</t>
+  </si>
+  <si>
+    <t>CKAK1</t>
+  </si>
+  <si>
+    <t>Medicaid of Alaska</t>
+  </si>
+  <si>
+    <t>DX156</t>
+  </si>
+  <si>
+    <t>Medicaid of Arizona (AHCCCS)</t>
+  </si>
+  <si>
+    <t>CKAR1</t>
+  </si>
+  <si>
+    <t>Medicaid of Arkansas</t>
+  </si>
+  <si>
+    <t>Medicaid of Arkansas (MCNA)</t>
+  </si>
+  <si>
+    <t>CKCO1</t>
+  </si>
+  <si>
+    <t>Medicaid of Colorado</t>
+  </si>
+  <si>
+    <t>Medicaid of Colorado - DentaQuest</t>
+  </si>
+  <si>
+    <t>CKCT1</t>
+  </si>
+  <si>
+    <t>Medicaid of Connecticut</t>
+  </si>
+  <si>
+    <t>CKDE1</t>
+  </si>
+  <si>
+    <t>Medicaid of Delaware (Ages 0-20)</t>
+  </si>
+  <si>
+    <t>CKFL1</t>
+  </si>
+  <si>
+    <t>Medicaid of Florida</t>
+  </si>
+  <si>
+    <t>CKGA1</t>
+  </si>
+  <si>
+    <t>Medicaid of Georgia</t>
+  </si>
+  <si>
+    <t>Medicaid of Georgia Grady Healthcare Inc</t>
+  </si>
+  <si>
+    <t>CKID1</t>
+  </si>
+  <si>
+    <t>Medicaid of Idaho</t>
+  </si>
+  <si>
+    <t>CKIL1</t>
+  </si>
+  <si>
+    <t>Medicaid of Illinois</t>
+  </si>
+  <si>
+    <t>CKIN1</t>
+  </si>
+  <si>
+    <t>Medicaid of Indiana</t>
+  </si>
+  <si>
+    <t>CKIA1</t>
+  </si>
+  <si>
+    <t>Medicaid of Iowa</t>
+  </si>
+  <si>
+    <t>Medicaid of Iowa - MCNA</t>
+  </si>
+  <si>
+    <t>CKKS1</t>
+  </si>
+  <si>
+    <t>Medicaid of Kansas</t>
+  </si>
+  <si>
+    <t>CKKY1</t>
+  </si>
+  <si>
+    <t>Medicaid of Kentucky</t>
+  </si>
+  <si>
+    <t>Medicaid of Kentucky (Humana - CareSource)</t>
+  </si>
+  <si>
+    <t>CKKY3</t>
+  </si>
+  <si>
+    <t>Medicaid of Kentucky - DentaQuest</t>
+  </si>
+  <si>
+    <t>CKLA1</t>
+  </si>
+  <si>
+    <t>Medicaid of Louisiana EPSDT</t>
+  </si>
+  <si>
+    <t>CKME1</t>
+  </si>
+  <si>
+    <t>Medicaid of Maine (MaineCare)</t>
+  </si>
+  <si>
+    <t>Medicaid of Maryland PhysiciansCare MCO</t>
+  </si>
+  <si>
+    <t>CKMI1</t>
+  </si>
+  <si>
+    <t>Medicaid of Michigan</t>
+  </si>
+  <si>
+    <t>CKMN1</t>
+  </si>
+  <si>
+    <t>Medicaid of Minnesota</t>
+  </si>
+  <si>
+    <t>CKMS1</t>
+  </si>
+  <si>
+    <t>Medicaid of Mississippi</t>
+  </si>
+  <si>
+    <t>Medicaid of Mississippi (UHC Community Plan)</t>
+  </si>
+  <si>
+    <t>CKMO1</t>
+  </si>
+  <si>
+    <t>Medicaid of Missouri</t>
+  </si>
+  <si>
+    <t>Medicaid of Missouri Blue Advantage</t>
+  </si>
+  <si>
+    <t>Medicaid of Missouri Community Care Plus - St. Louis</t>
+  </si>
+  <si>
+    <t>Medicaid of Missouri Community Health\ Plan</t>
+  </si>
+  <si>
+    <t>Medicaid of Missouri FirstGuard Health Plan</t>
+  </si>
+  <si>
+    <t>Medicaid of Missouri HealthCare USA - St. Louis</t>
+  </si>
+  <si>
+    <t>Medicaid of Missouri TrumanCare - Family Health Partners</t>
+  </si>
+  <si>
+    <t>CKMT1</t>
+  </si>
+  <si>
+    <t>Medicaid of Montana</t>
+  </si>
+  <si>
+    <t>Medicaid of Nebraska - MCNA</t>
+  </si>
+  <si>
+    <t>Medicaid of Nebraska United HealthCare of the Midlands</t>
+  </si>
+  <si>
+    <t>CKNV1</t>
+  </si>
+  <si>
+    <t>Medicaid of Nevada</t>
+  </si>
+  <si>
+    <t>CKNH1</t>
+  </si>
+  <si>
+    <t>Medicaid of New Hampshire</t>
+  </si>
+  <si>
+    <t>CKNJ1</t>
+  </si>
+  <si>
+    <t>Medicaid of New Jersey</t>
+  </si>
+  <si>
+    <t>Medicaid of New Jersey (UHC Community Plan - NJ)</t>
+  </si>
+  <si>
+    <t>CKNM1</t>
+  </si>
+  <si>
+    <t>Medicaid of New Mexico</t>
+  </si>
+  <si>
+    <t>Medicaid of New Mexico Cimmaron Health Plan</t>
+  </si>
+  <si>
+    <t>Medicaid of New Mexico Lovelace Community Health Plan</t>
+  </si>
+  <si>
+    <t>Medicaid of New Mexico Presbyterian Salud</t>
+  </si>
+  <si>
+    <t>CKNY1</t>
+  </si>
+  <si>
+    <t>Medicaid of New York</t>
+  </si>
+  <si>
+    <t>Medicaid of New York (UHC Community Plan)</t>
+  </si>
+  <si>
+    <t>CKNC1</t>
+  </si>
+  <si>
+    <t>Medicaid of North Carolina</t>
+  </si>
+  <si>
+    <t>CKOK1</t>
+  </si>
+  <si>
+    <t>Medicaid of Oklahoma</t>
+  </si>
+  <si>
+    <t>Medicaid of Oklahoma Community Care</t>
+  </si>
+  <si>
+    <t>Medicaid of Oklahoma Heartland Health Plan</t>
+  </si>
+  <si>
+    <t>Medicaid of Oklahoma Unicare Health Plan</t>
+  </si>
+  <si>
+    <t>CKOR1</t>
+  </si>
+  <si>
+    <t>Medicaid of Oregon</t>
+  </si>
+  <si>
+    <t>Medicaid of Pennsylvania</t>
+  </si>
+  <si>
+    <t>Medicaid of Pennsylvania (UHC Community Plan)</t>
+  </si>
+  <si>
+    <t>Medicaid of Pennsylvania Gateway Health Plan Pittsburgh</t>
+  </si>
+  <si>
+    <t>Medicaid of Pennsylvania Health Partners Philadelphia</t>
+  </si>
+  <si>
+    <t>Medicaid of Pennsylvania Oaktree</t>
+  </si>
+  <si>
+    <t>CKRI1</t>
+  </si>
+  <si>
+    <t>Medicaid of Rhode Island</t>
+  </si>
+  <si>
+    <t>Medicaid of Rhode Island (UHC Community Plan)</t>
+  </si>
+  <si>
+    <t>Medicaid of Tennessee (UHC Community Plan)</t>
+  </si>
+  <si>
+    <t>CKTN1</t>
+  </si>
+  <si>
+    <t>Medicaid of Tennessee Access Med Plus</t>
+  </si>
+  <si>
+    <t>Medicaid of Tennessee BlueCare</t>
+  </si>
+  <si>
+    <t>CKTX1</t>
+  </si>
+  <si>
+    <t>Medicaid of Texas</t>
+  </si>
+  <si>
+    <t>Medicaid of Texas (UHC Community Plan)</t>
+  </si>
+  <si>
+    <t>Medicaid of Texas - DentaQuest</t>
+  </si>
+  <si>
+    <t>MCNA1</t>
+  </si>
+  <si>
+    <t>Medicaid of Texas - MCNA</t>
+  </si>
+  <si>
+    <t>CKUT1</t>
+  </si>
+  <si>
+    <t>Medicaid of Utah</t>
+  </si>
+  <si>
+    <t>CKVT1</t>
+  </si>
+  <si>
+    <t>Medicaid of Vermont</t>
+  </si>
+  <si>
+    <t>Medicaid of Virginia HealthKeepers Plus</t>
+  </si>
+  <si>
+    <t>CKWA1</t>
+  </si>
+  <si>
+    <t>Medicaid of Washington</t>
+  </si>
+  <si>
+    <t>CKWV1</t>
+  </si>
+  <si>
+    <t>Medicaid of West Virginia</t>
+  </si>
+  <si>
+    <t>Medicaid of Wisconsin</t>
+  </si>
+  <si>
+    <t>Medicaid of Wisconsin - DentaQuest</t>
+  </si>
+  <si>
+    <t>Medicaid of Wisconsin Humana / TDC</t>
+  </si>
+  <si>
+    <t>Medicaid of Wisconsin PrimeCare</t>
+  </si>
+  <si>
+    <t>CKWY1</t>
+  </si>
+  <si>
+    <t>Medicaid of Wyoming</t>
+  </si>
+  <si>
+    <t>Medical Benefit Administrators</t>
+  </si>
+  <si>
+    <t>Medical Benefits Mutual</t>
+  </si>
+  <si>
+    <t>66039</t>
+  </si>
+  <si>
+    <t>Medical Card System (MCS)</t>
+  </si>
+  <si>
+    <t>Medical Mutual of Ohio</t>
+  </si>
+  <si>
+    <t>66066</t>
+  </si>
+  <si>
+    <t>Medicare y Mucho Mas and Medical Dental Network (MMM)</t>
+  </si>
+  <si>
+    <t>23160</t>
+  </si>
+  <si>
+    <t>Medico Insurance Company</t>
+  </si>
+  <si>
+    <t>DX119</t>
+  </si>
+  <si>
+    <t>MedSave USA (previously 21st Century)</t>
+  </si>
+  <si>
+    <t>Mega Life and Health (Frisco TX)</t>
+  </si>
+  <si>
+    <t>MNM01</t>
+  </si>
+  <si>
+    <t>Mennonite Mutual Aid</t>
+  </si>
+  <si>
+    <t>MBAAZ</t>
+  </si>
+  <si>
+    <t>Merchants Benefit Administration</t>
+  </si>
+  <si>
+    <t>Mercy Care Plans (DentaQuest)</t>
+  </si>
+  <si>
+    <t>Meritain Health (formerly Corporate Benefit Services of America)</t>
+  </si>
+  <si>
+    <t>65978</t>
+  </si>
+  <si>
+    <t>MetLife</t>
+  </si>
+  <si>
+    <t>MetLife Tricare</t>
+  </si>
+  <si>
+    <t>A1404</t>
+  </si>
+  <si>
+    <t>Michigan State Painters Insurance Fund</t>
+  </si>
+  <si>
+    <t>22823</t>
+  </si>
+  <si>
+    <t>Mid-American Benefits Inc.</t>
+  </si>
+  <si>
+    <t>Midwest Dental Benefits (Now known as SIMPLE)</t>
+  </si>
+  <si>
+    <t>61146</t>
+  </si>
+  <si>
+    <t>Midwest Group Benefits Inc.</t>
+  </si>
+  <si>
+    <t>Midwest Operating Engineers (MOE) Welfare Fund Local 150</t>
+  </si>
+  <si>
+    <t>A1402</t>
+  </si>
+  <si>
+    <t>Millwrights Local 1102 Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>41154</t>
+  </si>
+  <si>
+    <t>MMSI Health Services</t>
+  </si>
+  <si>
+    <t>Molina Dual Options Medicare - Medicaid Plan</t>
+  </si>
+  <si>
+    <t>SKYGN</t>
+  </si>
+  <si>
+    <t>Molina Healthcare of Michigan</t>
+  </si>
+  <si>
+    <t>Molina Healthcare of Wisconsin</t>
+  </si>
+  <si>
+    <t>Molina Illinois Medicaid</t>
+  </si>
+  <si>
+    <t>Molina Medicare</t>
+  </si>
+  <si>
+    <t>31415</t>
+  </si>
+  <si>
+    <t>Momentum Insurance Plans Inc.</t>
+  </si>
+  <si>
+    <t>DX315</t>
+  </si>
+  <si>
+    <t>Morgan White Group</t>
+  </si>
+  <si>
+    <t>37256</t>
+  </si>
+  <si>
+    <t>Mutual Assurance Administrators</t>
+  </si>
+  <si>
+    <t>34192</t>
+  </si>
+  <si>
+    <t>Mutual Health Services</t>
+  </si>
+  <si>
+    <t>CX087</t>
+  </si>
+  <si>
+    <t>Mutual of Omaha Ins. Co. (Commercial)</t>
+  </si>
+  <si>
+    <t>Mutual of Omaha Ins. Co. (Government)</t>
+  </si>
+  <si>
+    <t>Mutually Preferred</t>
+  </si>
+  <si>
+    <t>DX064</t>
+  </si>
+  <si>
+    <t>MVP Health Plan</t>
+  </si>
+  <si>
+    <t>NWIAM</t>
+  </si>
+  <si>
+    <t>N.W. International Assc.of Machinists &amp; Aerospace Engineers Benefits Trust Dental Program Grp. #F39</t>
+  </si>
+  <si>
+    <t>N.W. Ironworkers Health &amp; Security Trust Fund Grp. #F15</t>
+  </si>
+  <si>
+    <t>N.W. Roofers &amp; Employers Health &amp; Security Trust Fund Grp. #F26</t>
+  </si>
+  <si>
+    <t>67788</t>
+  </si>
+  <si>
+    <t>NAHGA Claim Services</t>
+  </si>
+  <si>
+    <t>DX148</t>
+  </si>
+  <si>
+    <t>National Asbestos Workers Medical</t>
+  </si>
+  <si>
+    <t>53011</t>
+  </si>
+  <si>
+    <t>National Association of Letter Carriers (NALC)</t>
+  </si>
+  <si>
+    <t>DX065</t>
+  </si>
+  <si>
+    <t>National Automatic Sprinkler</t>
+  </si>
+  <si>
+    <t>CX045</t>
+  </si>
+  <si>
+    <t>National Elevator</t>
+  </si>
+  <si>
+    <t>National Pacific Dental (CA)</t>
+  </si>
+  <si>
+    <t>National Pacific Dental (TX)</t>
+  </si>
+  <si>
+    <t>DX301</t>
+  </si>
+  <si>
+    <t>National Roofers Union</t>
+  </si>
+  <si>
+    <t>75190</t>
+  </si>
+  <si>
+    <t>NCAS - Fairfax VA</t>
+  </si>
+  <si>
+    <t>DX142</t>
+  </si>
+  <si>
+    <t>NCAS Pennsylvania</t>
+  </si>
+  <si>
+    <t>NECA1</t>
+  </si>
+  <si>
+    <t>NECA IBEW</t>
+  </si>
+  <si>
+    <t>DXNE1</t>
+  </si>
+  <si>
+    <t>Neiman Enterprises</t>
+  </si>
+  <si>
+    <t>NDB01</t>
+  </si>
+  <si>
+    <t>Nevada Dental Benefits</t>
+  </si>
+  <si>
+    <t>Nevada Pacific Dental</t>
+  </si>
+  <si>
+    <t>43351</t>
+  </si>
+  <si>
+    <t>New England Dental Administrators</t>
+  </si>
+  <si>
+    <t>66893</t>
+  </si>
+  <si>
+    <t>New England Financial</t>
+  </si>
+  <si>
+    <t>DX118</t>
+  </si>
+  <si>
+    <t>New Jersey Health Care local 863 Welfare Fund</t>
+  </si>
+  <si>
+    <t>New York City District - Council of Carpenters</t>
+  </si>
+  <si>
+    <t>New York City Retirees</t>
+  </si>
+  <si>
+    <t>DX125</t>
+  </si>
+  <si>
+    <t>NYC Police Benevolent Association (NYCPBA)</t>
+  </si>
+  <si>
+    <t>TFQ30</t>
+  </si>
+  <si>
+    <t>Newman Company</t>
+  </si>
+  <si>
+    <t>81264</t>
+  </si>
+  <si>
+    <t>NIPPON Life Benefits</t>
+  </si>
+  <si>
+    <t>DX121</t>
+  </si>
+  <si>
+    <t>NJ Carpenters Fund</t>
+  </si>
+  <si>
+    <t>North Dakota Dental Service</t>
+  </si>
+  <si>
+    <t>81004</t>
+  </si>
+  <si>
+    <t>North Dakota Department of Human Services</t>
+  </si>
+  <si>
+    <t>Northeast Delta Dental</t>
+  </si>
+  <si>
+    <t>DX138</t>
+  </si>
+  <si>
+    <t>Northern California Sheet Metal</t>
+  </si>
+  <si>
+    <t>36347</t>
+  </si>
+  <si>
+    <t>Northern Illinois Health Plan (NIHP)</t>
+  </si>
+  <si>
+    <t>LX062</t>
+  </si>
+  <si>
+    <t>Northern Minnesota Dental</t>
+  </si>
+  <si>
+    <t>88027</t>
+  </si>
+  <si>
+    <t>Northern Nevada Trust Fund</t>
+  </si>
+  <si>
+    <t>91060</t>
+  </si>
+  <si>
+    <t>Northwest Administrators Inc.</t>
+  </si>
+  <si>
+    <t>93525</t>
+  </si>
+  <si>
+    <t>Northwest Dental Services</t>
+  </si>
+  <si>
+    <t>16644</t>
+  </si>
+  <si>
+    <t>Nova Healthcare Administrators Inc.</t>
+  </si>
+  <si>
+    <t>52120</t>
+  </si>
+  <si>
+    <t>NTCA</t>
+  </si>
+  <si>
+    <t>NWA Claims</t>
+  </si>
+  <si>
+    <t>NYC Municipal Plumber/Pipefitters</t>
+  </si>
+  <si>
+    <t>O.E.P.I.C (Medicaid of Oklahoma)</t>
+  </si>
+  <si>
+    <t>OBA18</t>
+  </si>
+  <si>
+    <t>Ogden Benefits Administration</t>
+  </si>
+  <si>
+    <t>OAC01</t>
+  </si>
+  <si>
+    <t>Ohio AFSCME Care Plan</t>
+  </si>
+  <si>
+    <t>71065</t>
+  </si>
+  <si>
+    <t>Oklahoma DRS Doc</t>
+  </si>
+  <si>
+    <t>ONE Health Plan Inc.</t>
+  </si>
+  <si>
+    <t>OEL12</t>
+  </si>
+  <si>
+    <t>Operating Engineers Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>OE139</t>
+  </si>
+  <si>
+    <t>Operating Engineers Local 139</t>
+  </si>
+  <si>
+    <t>B8300</t>
+  </si>
+  <si>
+    <t>Operating Engineers Local 513 Welfare Fund</t>
+  </si>
+  <si>
+    <t>OE684</t>
+  </si>
+  <si>
+    <t>Operating Engineers Local Union 302 &amp; 612</t>
+  </si>
+  <si>
+    <t>Oregon Dental Services &amp; ODS Health Plans</t>
+  </si>
+  <si>
+    <t>Organization of Staff Analysts Welfare Fund</t>
+  </si>
+  <si>
+    <t>DX106</t>
+  </si>
+  <si>
+    <t>P.R.I.M.E Benefit Systems Inc.</t>
+  </si>
+  <si>
+    <t>87068</t>
+  </si>
+  <si>
+    <t>P5 Health</t>
+  </si>
+  <si>
+    <t>DX141</t>
+  </si>
+  <si>
+    <t>PA Faculty Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>Pacific Union Dental (CA)</t>
+  </si>
+  <si>
+    <t>CX060</t>
+  </si>
+  <si>
+    <t>PacifiCare Dental and Vision HMO Claims</t>
+  </si>
+  <si>
+    <t>CX053</t>
+  </si>
+  <si>
+    <t>PacifiCare Dental and Vision PPO-IND</t>
+  </si>
+  <si>
+    <t>93029</t>
+  </si>
+  <si>
+    <t>PacificSource Health Plans</t>
+  </si>
+  <si>
+    <t>Painter Local 155 Welfare</t>
+  </si>
+  <si>
+    <t>B8700</t>
+  </si>
+  <si>
+    <t>Painters District Council #2 Welfare Plan</t>
+  </si>
+  <si>
+    <t>Painting Insurance Fund DC9</t>
+  </si>
+  <si>
+    <t>Paramount Dental</t>
+  </si>
+  <si>
+    <t>35162</t>
+  </si>
+  <si>
+    <t>Parkview Signature Care</t>
+  </si>
+  <si>
+    <t>CPP03</t>
+  </si>
+  <si>
+    <t>Partnership Health Plan of California Healthy Kids</t>
+  </si>
+  <si>
+    <t>CPP08</t>
+  </si>
+  <si>
+    <t>Partnership HealthPlan of California (PHC) Partnership Advantage (HMO)</t>
+  </si>
+  <si>
+    <t>Passport Health Plan</t>
+  </si>
+  <si>
+    <t>10525</t>
+  </si>
+  <si>
+    <t>Patient Advocates LLC</t>
+  </si>
+  <si>
+    <t>Pavers and Road Builders Welfare Fund</t>
+  </si>
+  <si>
+    <t>25449</t>
+  </si>
+  <si>
+    <t>PBS - Oregon Alaska Industrial Hardware</t>
+  </si>
+  <si>
+    <t>27267</t>
+  </si>
+  <si>
+    <t>PBS - Oregon Alaska Rubber &amp; Supply</t>
+  </si>
+  <si>
+    <t>27277</t>
+  </si>
+  <si>
+    <t>PBS - Oregon Cascade Rubber Products</t>
+  </si>
+  <si>
+    <t>26224</t>
+  </si>
+  <si>
+    <t>PBS - Oregon Construction Machinery Industrial</t>
+  </si>
+  <si>
+    <t>73624</t>
+  </si>
+  <si>
+    <t>PBS - Oregon Peninsula Airways</t>
+  </si>
+  <si>
+    <t>83926</t>
+  </si>
+  <si>
+    <t>PBS - Oregon TDX Corporation</t>
+  </si>
+  <si>
+    <t>PDBI1</t>
+  </si>
+  <si>
+    <t>PDBI</t>
+  </si>
+  <si>
+    <t>PWB01</t>
+  </si>
+  <si>
+    <t>PennWestern</t>
+  </si>
+  <si>
+    <t>Phoenix Health Plans (DentaQuest)</t>
+  </si>
+  <si>
+    <t>CX068</t>
+  </si>
+  <si>
+    <t>Physicians Mutual (Dental)</t>
+  </si>
+  <si>
+    <t>DX221</t>
+  </si>
+  <si>
+    <t>American Dental Plan of Wisconsin, Inc.</t>
+  </si>
+  <si>
+    <t>Physicians Plus Insurance Co. Wisconsin State Employees</t>
+  </si>
+  <si>
+    <t>Piedmont WellStar Medicare</t>
+  </si>
+  <si>
+    <t>24735</t>
+  </si>
+  <si>
+    <t>Pinnacle Claims Management Inc.</t>
+  </si>
+  <si>
+    <t>B7800</t>
+  </si>
+  <si>
+    <t>Pipefitters Local 636 Insurance Fund</t>
+  </si>
+  <si>
+    <t>37224</t>
+  </si>
+  <si>
+    <t>Pittman &amp; Associates (Now HealthSmart Benefit Solutions)</t>
+  </si>
+  <si>
+    <t>PCM01</t>
+  </si>
+  <si>
+    <t>Plasterers &amp; Cement Masons Local 148 Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>DX153</t>
+  </si>
+  <si>
+    <t>Plumber &amp; Pipefitters Local 5</t>
+  </si>
+  <si>
+    <t>ZAS32</t>
+  </si>
+  <si>
+    <t>Plumber and Shipfitter Union 290</t>
+  </si>
+  <si>
+    <t>BYC00</t>
+  </si>
+  <si>
+    <t>Plumbers &amp; Pipefitters Local 396 Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>BYH00</t>
+  </si>
+  <si>
+    <t>Plumbers &amp; Pipefitters Local 94 Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>Plumbers and Pipefitters Local 74 (GEM Group)</t>
+  </si>
+  <si>
+    <t>B2200</t>
+  </si>
+  <si>
+    <t>Plumbers Local 98 Insurance Fund</t>
+  </si>
+  <si>
+    <t>PLU68</t>
+  </si>
+  <si>
+    <t>Plumbers Local Union No. 68</t>
+  </si>
+  <si>
+    <t>PCU01</t>
+  </si>
+  <si>
+    <t>Unaccompanied Children Program (Point Comfort Underwriters)</t>
+  </si>
+  <si>
+    <t>23253</t>
+  </si>
+  <si>
+    <t>Populytics (formerly Spectrum Administrators Inc.)</t>
+  </si>
+  <si>
+    <t>36373</t>
+  </si>
+  <si>
+    <t>Prairie States</t>
+  </si>
+  <si>
+    <t>PreDent</t>
+  </si>
+  <si>
+    <t>Preferred Dental Organization (PDO)</t>
+  </si>
+  <si>
+    <t>41147</t>
+  </si>
+  <si>
+    <t>Preferred One</t>
+  </si>
+  <si>
+    <t>DX102</t>
+  </si>
+  <si>
+    <t>Premera BlueCross (AK)</t>
+  </si>
+  <si>
+    <t>Premera BlueCross (WA)</t>
+  </si>
+  <si>
+    <t>CX078</t>
+  </si>
+  <si>
+    <t>Premier PPO/DHMO</t>
+  </si>
+  <si>
+    <t>56144</t>
+  </si>
+  <si>
+    <t>HEALTHGRAM INC / Primary PhysicianCare, Inc.</t>
+  </si>
+  <si>
+    <t>PCA01</t>
+  </si>
+  <si>
+    <t>Primecare Administrators Inc.</t>
+  </si>
+  <si>
+    <t>PCD01</t>
+  </si>
+  <si>
+    <t>PrimeCare Dental Plan</t>
+  </si>
+  <si>
+    <t>PrimeCare Wisconsin State and Federal Employees and Medicaid</t>
+  </si>
+  <si>
+    <t>DX232</t>
+  </si>
+  <si>
+    <t>Primetime Health Plan</t>
+  </si>
+  <si>
+    <t>DXPTI</t>
+  </si>
+  <si>
+    <t>Primetime Insurance Company</t>
+  </si>
+  <si>
+    <t>LX049</t>
+  </si>
+  <si>
+    <t>PrimeWest</t>
+  </si>
+  <si>
+    <t>Principal Financial Group</t>
+  </si>
+  <si>
+    <t>Principal Mutual Life Insurance Co.</t>
+  </si>
+  <si>
+    <t>DX021</t>
+  </si>
+  <si>
+    <t>Priority Health (MI)</t>
+  </si>
+  <si>
+    <t>36331</t>
+  </si>
+  <si>
+    <t>Professional Benefit Administrators Inc</t>
+  </si>
+  <si>
+    <t>PAS01</t>
+  </si>
+  <si>
+    <t>Providence Administrative Services</t>
+  </si>
+  <si>
+    <t>Provident Life &amp; Casualty Ins. Co.</t>
+  </si>
+  <si>
+    <t>Provident Life and Accident Ins. Co.</t>
+  </si>
+  <si>
+    <t>Provident Preferred Network</t>
+  </si>
+  <si>
+    <t>Prudential Administered by Aetna</t>
+  </si>
+  <si>
+    <t>Public Education Health Trust</t>
+  </si>
+  <si>
+    <t>CX080</t>
+  </si>
+  <si>
+    <t>Public Employee Health Program (PEHP)</t>
+  </si>
+  <si>
+    <t>Puget Sound Electrical Workers Trust Group #F33</t>
+  </si>
+  <si>
+    <t>DXQTC</t>
+  </si>
+  <si>
+    <t>QTC Medical Services</t>
+  </si>
+  <si>
+    <t>RDPAY</t>
+  </si>
+  <si>
+    <t>RediPay Benefits Corporation</t>
+  </si>
+  <si>
+    <t>Regence Blue Cross/Blue Shield of Oregon (out of State Providers)</t>
+  </si>
+  <si>
+    <t>Regence Blue Shield of Idaho (out of State Providers)</t>
+  </si>
+  <si>
+    <t>Regence Blue Shield Regence Washington Health</t>
+  </si>
+  <si>
+    <t>DX028</t>
+  </si>
+  <si>
+    <t>Regence BS of WA Federal (Box 31207 UT)</t>
+  </si>
+  <si>
+    <t>RGA01</t>
+  </si>
+  <si>
+    <t>Regence Group Administrators</t>
+  </si>
+  <si>
+    <t>47076</t>
+  </si>
+  <si>
+    <t>Regional Care Inc.</t>
+  </si>
+  <si>
+    <t>PBGSM</t>
+  </si>
+  <si>
+    <t>Reimbursement Specialists Inc.</t>
+  </si>
+  <si>
+    <t>36088</t>
+  </si>
+  <si>
+    <t>Reliance Standard Life</t>
+  </si>
+  <si>
+    <t>Reliance Standard Life Specialty Products Admin.(ASRM)</t>
+  </si>
+  <si>
+    <t>RLHA1</t>
+  </si>
+  <si>
+    <t>Renaissance Life and Health</t>
+  </si>
+  <si>
+    <t>73066</t>
+  </si>
+  <si>
+    <t>Reserve National Insurance Co.</t>
+  </si>
+  <si>
+    <t>DX010</t>
+  </si>
+  <si>
+    <t>Retail Clerks Trust</t>
+  </si>
+  <si>
+    <t>RMRT1</t>
+  </si>
+  <si>
+    <t>Risk Management (Retiree)</t>
+  </si>
+  <si>
+    <t>Road Carriers Local 707</t>
+  </si>
+  <si>
+    <t>41625</t>
+  </si>
+  <si>
+    <t>Rochester Public School (MN)</t>
+  </si>
+  <si>
+    <t>B5000</t>
+  </si>
+  <si>
+    <t>Roofers Local 149 Security Benefit Trust Fund</t>
+  </si>
+  <si>
+    <t>RR001</t>
+  </si>
+  <si>
+    <t>Royale Resources</t>
+  </si>
+  <si>
+    <t>RWDSU Local 108 UFCW</t>
+  </si>
+  <si>
+    <t>RWDSU Local 338</t>
+  </si>
+  <si>
+    <t>BL400</t>
+  </si>
+  <si>
+    <t>S. CA. Soft Drink Industry &amp; Teamsters Health &amp; Welfare</t>
+  </si>
+  <si>
+    <t>SFG01</t>
+  </si>
+  <si>
+    <t>SafeGuard (DHMO)</t>
+  </si>
+  <si>
+    <t>CX030</t>
+  </si>
+  <si>
+    <t>SafeGuard Health Enterprises Inc</t>
+  </si>
+  <si>
+    <t>BD200</t>
+  </si>
+  <si>
+    <t>San Diego County Cement Masons -San Diego Theatrical</t>
+  </si>
+  <si>
+    <t>BD300</t>
+  </si>
+  <si>
+    <t>San Diego County Cement Masons Local 500</t>
+  </si>
+  <si>
+    <t>BD400</t>
+  </si>
+  <si>
+    <t>San Diego County Teamsters Employee Insurance Trust</t>
+  </si>
+  <si>
+    <t>BD100</t>
+  </si>
+  <si>
+    <t>San Diego Hotel &amp; Hospitality Workers Health Fund</t>
+  </si>
+  <si>
+    <t>CPP06</t>
+  </si>
+  <si>
+    <t>San Mateo Healthy Kids</t>
+  </si>
+  <si>
+    <t>Sanitation Officers Local 444</t>
+  </si>
+  <si>
+    <t>Scion - Horizon NJ Health</t>
+  </si>
+  <si>
+    <t>Scion Dental LLC</t>
+  </si>
+  <si>
+    <t>86057</t>
+  </si>
+  <si>
+    <t>SecureCare Dental</t>
+  </si>
+  <si>
+    <t>SECU1</t>
+  </si>
+  <si>
+    <t>SecureOne Benefit Administrators. Inc.</t>
+  </si>
+  <si>
+    <t>35202</t>
+  </si>
+  <si>
+    <t>Security Administrative Services</t>
+  </si>
+  <si>
+    <t>39045</t>
+  </si>
+  <si>
+    <t>Security Health Plan</t>
+  </si>
+  <si>
+    <t>Security Life Insurance</t>
+  </si>
+  <si>
+    <t>SELDN</t>
+  </si>
+  <si>
+    <t>SELE-DENT Inc.</t>
+  </si>
+  <si>
+    <t>64088</t>
+  </si>
+  <si>
+    <t>Select Administrators Services</t>
+  </si>
+  <si>
+    <t>CX018</t>
+  </si>
+  <si>
+    <t>Select Benefit Administrators</t>
+  </si>
+  <si>
+    <t>SelectCare</t>
+  </si>
+  <si>
+    <t>CX107</t>
+  </si>
+  <si>
+    <t>SelectHealth</t>
+  </si>
+  <si>
+    <t>34131</t>
+  </si>
+  <si>
+    <t>Self Funded Plans Inc. of Cleveland Ohio</t>
+  </si>
+  <si>
+    <t>36404</t>
+  </si>
+  <si>
+    <t>Self Insured Plans LLC</t>
+  </si>
+  <si>
+    <t>CX020</t>
+  </si>
+  <si>
+    <t>Self Insured Services Company</t>
+  </si>
+  <si>
+    <t>CX038</t>
+  </si>
+  <si>
+    <t>Serentas Dental Care Solutions</t>
+  </si>
+  <si>
+    <t>DX131</t>
+  </si>
+  <si>
+    <t>Service Employee Benefit Fund</t>
+  </si>
+  <si>
+    <t>DX024</t>
+  </si>
+  <si>
+    <t>Set Inc. (MI)</t>
+  </si>
+  <si>
+    <t>SW265</t>
+  </si>
+  <si>
+    <t>Sheet Metal Workers Local 265</t>
+  </si>
+  <si>
+    <t>DX426</t>
+  </si>
+  <si>
+    <t>Sheet Metal Workers Local 33 Cleveland District</t>
+  </si>
+  <si>
+    <t>BT100</t>
+  </si>
+  <si>
+    <t>Sheet Metal Workers Local 33 Cleveland Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>BJ400</t>
+  </si>
+  <si>
+    <t>Sheet Metal Workers Local 7-1 Welfare Fund</t>
+  </si>
+  <si>
+    <t>BJ600</t>
+  </si>
+  <si>
+    <t>Sheet Metal Workers Local 7-3 Welfare Fund</t>
+  </si>
+  <si>
+    <t>SMW01</t>
+  </si>
+  <si>
+    <t>Sheet Metal Workers Local 91</t>
+  </si>
+  <si>
+    <t>41143</t>
+  </si>
+  <si>
+    <t>Sheffield Olson and McQueen</t>
+  </si>
+  <si>
+    <t>59111</t>
+  </si>
+  <si>
+    <t>SIBA (Self Insured Benefits Administrators)</t>
+  </si>
+  <si>
+    <t>SIDS (Self Insured Dental Services)</t>
+  </si>
+  <si>
+    <t>03699</t>
+  </si>
+  <si>
+    <t>SIEBA (Specialists In Employee Benefit Administration)</t>
+  </si>
+  <si>
+    <t>Sierra Optima</t>
+  </si>
+  <si>
+    <t>CPP02</t>
+  </si>
+  <si>
+    <t>Sierra Sacramento Valley Regional (Healthy Kids Healthy Future)</t>
+  </si>
+  <si>
+    <t>77153</t>
+  </si>
+  <si>
+    <t>SIHO Insurance Services</t>
+  </si>
+  <si>
+    <t>BW300</t>
+  </si>
+  <si>
+    <t>SIHRTE Health and Welfare</t>
+  </si>
+  <si>
+    <t>SIMPLE (Midwest Dental Benefits)</t>
+  </si>
+  <si>
+    <t>Skygen USA</t>
+  </si>
+  <si>
+    <t>Smart Smile</t>
+  </si>
+  <si>
+    <t>BS500</t>
+  </si>
+  <si>
+    <t>Solano Napa Electrical Workers Health and Welfare Trust Fund</t>
+  </si>
+  <si>
+    <t>76578</t>
+  </si>
+  <si>
+    <t>Solstice</t>
+  </si>
+  <si>
+    <t>Sooner Plan (Medicaid of Oklahoma)</t>
+  </si>
+  <si>
+    <t>SoonerCare (Medicaid of Oklahoma)</t>
+  </si>
+  <si>
+    <t>23266</t>
+  </si>
+  <si>
+    <t>South Central Preferred</t>
+  </si>
+  <si>
+    <t>SGA01</t>
+  </si>
+  <si>
+    <t>Southern Group Administrators</t>
+  </si>
+  <si>
+    <t>DXSBA</t>
+  </si>
+  <si>
+    <t>Southern Operators Health Fund</t>
+  </si>
+  <si>
+    <t>CX100</t>
+  </si>
+  <si>
+    <t>Southwest Service Administrators</t>
+  </si>
+  <si>
+    <t>Southwestern Bell</t>
+  </si>
+  <si>
+    <t>Southwestern Bell Exec. - Custom Care</t>
+  </si>
+  <si>
+    <t>Southwestern Bell Exec. - Southwest Bell</t>
+  </si>
+  <si>
+    <t>DX033</t>
+  </si>
+  <si>
+    <t>SRC - Strategic Resource Company (SC)</t>
+  </si>
+  <si>
+    <t>DX371</t>
+  </si>
+  <si>
+    <t>SSEU Local 371 Welfare Fund</t>
+  </si>
+  <si>
+    <t>93024</t>
+  </si>
+  <si>
+    <t>Standard Insurance</t>
+  </si>
+  <si>
+    <t>13411</t>
+  </si>
+  <si>
+    <t>Standard Insurance Co. of New York</t>
+  </si>
+  <si>
+    <t>SLA01</t>
+  </si>
+  <si>
+    <t>Standard Life and Accident</t>
+  </si>
+  <si>
+    <t>StarDent</t>
+  </si>
+  <si>
+    <t>Starmount Insurance</t>
+  </si>
+  <si>
+    <t>DXSLI</t>
+  </si>
+  <si>
+    <t>Sterling Life Insurance Company</t>
+  </si>
+  <si>
+    <t>62179</t>
+  </si>
+  <si>
+    <t>Health Choice Arizona</t>
+  </si>
+  <si>
+    <t>58128</t>
+  </si>
+  <si>
+    <t>Stowe Associates</t>
+  </si>
+  <si>
+    <t>Sturm &amp; Associates</t>
+  </si>
+  <si>
+    <t>Suffolk County Municipal Employees Benefit Fund</t>
+  </si>
+  <si>
+    <t>95202</t>
+  </si>
+  <si>
+    <t>Summa Management Services Organization (SMSO) / SummaCare</t>
+  </si>
+  <si>
+    <t>86083</t>
+  </si>
+  <si>
+    <t>Summit Administrators</t>
+  </si>
+  <si>
+    <t>Sun Life Financial (United Concordia) DOS Prior to 1/1/2018</t>
+  </si>
+  <si>
+    <t>Sun Life Financial/Phoenix Home Life</t>
+  </si>
+  <si>
+    <t>Sunflower State Health</t>
+  </si>
+  <si>
+    <t>31117</t>
+  </si>
+  <si>
+    <t>Superior Dental Care</t>
+  </si>
+  <si>
+    <t>CX088</t>
+  </si>
+  <si>
+    <t>Surency</t>
+  </si>
+  <si>
+    <t>88067</t>
+  </si>
+  <si>
+    <t>Tall Tree Administration</t>
+  </si>
+  <si>
+    <t>Target Dental Services</t>
+  </si>
+  <si>
+    <t>65800</t>
+  </si>
+  <si>
+    <t>Taylor Benefit Resource Inc.</t>
+  </si>
+  <si>
+    <t>TDC (The Dental Companies)</t>
+  </si>
+  <si>
+    <t>Teachers Health Trust</t>
+  </si>
+  <si>
+    <t>TEAMCARE A Central States Health Plan</t>
+  </si>
+  <si>
+    <t>BL500</t>
+  </si>
+  <si>
+    <t>Teamsters &amp; Food Employers Security Trust Fund</t>
+  </si>
+  <si>
+    <t>Teamsters Joint Council #83 Of VA</t>
+  </si>
+  <si>
+    <t>BYQ00</t>
+  </si>
+  <si>
+    <t>Teamsters Local 377 Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>Teamsters Local 97 Benefits</t>
+  </si>
+  <si>
+    <t>TennCare</t>
+  </si>
+  <si>
+    <t>Texan Plus</t>
+  </si>
+  <si>
+    <t>DX212</t>
+  </si>
+  <si>
+    <t>Texas Municipal League (TML)</t>
+  </si>
+  <si>
+    <t>TDN01</t>
+  </si>
+  <si>
+    <t>The Dental Network</t>
+  </si>
+  <si>
+    <t>DX077</t>
+  </si>
+  <si>
+    <t>The Epoch Group (KS)</t>
+  </si>
+  <si>
+    <t>SCNHP</t>
+  </si>
+  <si>
+    <t>The Health Plan of West Virginia (Ages 0-20)</t>
+  </si>
+  <si>
+    <t>SCNWV</t>
+  </si>
+  <si>
+    <t>The Health Plan of West Virginia (Ages 21 &amp; Over)</t>
+  </si>
+  <si>
+    <t>23223</t>
+  </si>
+  <si>
+    <t>The Loomis Company</t>
+  </si>
+  <si>
+    <t>Time Insurance</t>
+  </si>
+  <si>
+    <t>TLC79</t>
+  </si>
+  <si>
+    <t>TLC Benefit Solutions</t>
+  </si>
+  <si>
+    <t>CX112</t>
+  </si>
+  <si>
+    <t>Total Dental Administrators Inc.</t>
+  </si>
+  <si>
+    <t>37284</t>
+  </si>
+  <si>
+    <t>TransAmerica</t>
+  </si>
+  <si>
+    <t>DX016</t>
+  </si>
+  <si>
+    <t>Transwestern Insurance (CA)</t>
+  </si>
+  <si>
+    <t>DXTAS</t>
+  </si>
+  <si>
+    <t>Tricare Active Reservists</t>
+  </si>
+  <si>
+    <t>TRICARE Dental Program (TDP)</t>
+  </si>
+  <si>
+    <t>Tricare Retiree Dental Program</t>
+  </si>
+  <si>
+    <t>Trigon - Blue Cross/Blue Shield of Colorado</t>
+  </si>
+  <si>
+    <t>Trigon - Blue Cross/Blue Shield of Virginia</t>
+  </si>
+  <si>
+    <t>97300</t>
+  </si>
+  <si>
+    <t>Triple-S</t>
+  </si>
+  <si>
+    <t>ILDTA</t>
+  </si>
+  <si>
+    <t>TruAssure</t>
+  </si>
+  <si>
+    <t>Trusted Health Plan DC – Avesis</t>
+  </si>
+  <si>
+    <t>91078</t>
+  </si>
+  <si>
+    <t>Trusted Plans Service Corporation</t>
+  </si>
+  <si>
+    <t>TRW</t>
+  </si>
+  <si>
+    <t>TSRDP Dental Claims</t>
+  </si>
+  <si>
+    <t>UCare</t>
+  </si>
+  <si>
+    <t>84132</t>
+  </si>
+  <si>
+    <t>UCHealth Plan Administrators</t>
+  </si>
+  <si>
+    <t>A5205</t>
+  </si>
+  <si>
+    <t>UFCW (Local Food &amp; Commercial Workers) Local 400 &amp; Employers Health and Welfare Fund</t>
+  </si>
+  <si>
+    <t>DX224</t>
+  </si>
+  <si>
+    <t>UFCW Local 3254</t>
+  </si>
+  <si>
+    <t>DX120</t>
+  </si>
+  <si>
+    <t>UFCW Local 56 HW Fund and Local 152</t>
+  </si>
+  <si>
+    <t>13537</t>
+  </si>
+  <si>
+    <t>UFCW Local 655 Health and Welfare Fund</t>
+  </si>
+  <si>
+    <t>UFCW Local 711</t>
+  </si>
+  <si>
+    <t>UFCW Local 99</t>
+  </si>
+  <si>
+    <t>DX132</t>
+  </si>
+  <si>
+    <t>UFCW Local One Health Care Fund</t>
+  </si>
+  <si>
+    <t>ZAS33</t>
+  </si>
+  <si>
+    <t>UFCW Local Union 555</t>
+  </si>
+  <si>
+    <t>UFT Welfare Fund</t>
+  </si>
+  <si>
+    <t>UMCHS</t>
+  </si>
+  <si>
+    <t>UMC Health Systems</t>
+  </si>
+  <si>
+    <t>39026</t>
+  </si>
+  <si>
+    <t>UMR</t>
+  </si>
+  <si>
+    <t>DX107</t>
+  </si>
+  <si>
+    <t>Underwriters Safety and Claims</t>
+  </si>
+  <si>
+    <t>UniCare</t>
+  </si>
+  <si>
+    <t>UniCare of Texas - HMO</t>
+  </si>
+  <si>
+    <t>SCNUW</t>
+  </si>
+  <si>
+    <t>UniCare of WV</t>
+  </si>
+  <si>
+    <t>DX008</t>
+  </si>
+  <si>
+    <t>Unified Group Services (Pendleton IN)</t>
+  </si>
+  <si>
+    <t>DX218</t>
+  </si>
+  <si>
+    <t>Union Construction Workers Compensation Program (UCWCP)</t>
+  </si>
+  <si>
+    <t>13142</t>
+  </si>
+  <si>
+    <t>Union Labour Life Insurance Company</t>
+  </si>
+  <si>
+    <t>UAS01</t>
+  </si>
+  <si>
+    <t>United Administrative Services</t>
+  </si>
+  <si>
+    <t>DXUAG</t>
+  </si>
+  <si>
+    <t>United Agricultural Benefit Trust</t>
+  </si>
+  <si>
+    <t>BV500</t>
+  </si>
+  <si>
+    <t>United Brotherhood of Carpenters &amp; Joiners of America</t>
+  </si>
+  <si>
+    <t>UCCEN</t>
+  </si>
+  <si>
+    <t>United Concordia (Encounters)</t>
+  </si>
+  <si>
+    <t>UCCDP</t>
+  </si>
+  <si>
+    <t>United Concordia - Dental Plus - PA Blue Shield</t>
+  </si>
+  <si>
+    <t>United Concordia - Federal Employees Program</t>
+  </si>
+  <si>
+    <t>UCCTR</t>
+  </si>
+  <si>
+    <t>United Concordia - Tricare Dental Plan</t>
+  </si>
+  <si>
+    <t>United Concordia Companies Inc.</t>
+  </si>
+  <si>
+    <t>United Employee Health Plans</t>
+  </si>
+  <si>
+    <t>United Food &amp; Commercial Workers Union of Central Ohio (UFCW of Central Ohio)</t>
+  </si>
+  <si>
+    <t>UFC02</t>
+  </si>
+  <si>
+    <t>United Food &amp; Commercial Workers Union of Cleveland (UFCW of Cleveland)</t>
+  </si>
+  <si>
+    <t>United Food and Commercial Workers Local 711</t>
+  </si>
+  <si>
+    <t>United Healthcare</t>
+  </si>
+  <si>
+    <t>United Healthcare Arizona Physicians IPA</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (AHCCCS)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (AZ Healthnet)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (FL)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (GA Medicare)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (HI Medicare)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (KS)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (MA)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (MI Medicare)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (Oxford)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (Special Handling)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (Unison Health Plan)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (WA Medicare)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan (Wash. DC Medicare)</t>
+  </si>
+  <si>
+    <t>United healthcare Community Plan (WI)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - MS</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - New Mexico EverCare</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - NJ (Formerly Americhoice)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - NY (Formerly Americhoice)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - PA (Formerly Americhoice)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - RI (Formerly Americhoice)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - TN (Formerly Americhoice)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan - TX (Formerly Americhoice)</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan AZ-Evercare</t>
+  </si>
+  <si>
+    <t>United Healthcare Community Plan Louisiana-Medicaid (Healthy Louisiana)</t>
+  </si>
+  <si>
+    <t>United Healthcare Global (Inside U.S.)</t>
+  </si>
+  <si>
+    <t>87726</t>
+  </si>
+  <si>
+    <t>United Healthcare International</t>
+  </si>
+  <si>
+    <t>United Healthcare MI Dental</t>
+  </si>
+  <si>
+    <t>United Healthcare of the Midwest</t>
+  </si>
+  <si>
+    <t>United of Omaha</t>
+  </si>
+  <si>
+    <t>United States Life Ins. (now American General Life Ins.)</t>
+  </si>
+  <si>
+    <t>United Workers Health Fund</t>
+  </si>
+  <si>
+    <t>16105</t>
+  </si>
+  <si>
+    <t>Univera of New York</t>
+  </si>
+  <si>
+    <t>University of Arizona Health Plans (DentaQuest)</t>
+  </si>
+  <si>
+    <t>SX155</t>
+  </si>
+  <si>
+    <t>University of Utah Health Plans</t>
+  </si>
+  <si>
+    <t>Unum</t>
+  </si>
+  <si>
+    <t>23281</t>
+  </si>
+  <si>
+    <t>UPMC Dental Advantage</t>
+  </si>
+  <si>
+    <t>UPMC Health Plan Dental</t>
+  </si>
+  <si>
+    <t>BP800</t>
+  </si>
+  <si>
+    <t>Utah Pipe Trades Welfare Trust Fund</t>
+  </si>
+  <si>
+    <t>DX040</t>
+  </si>
+  <si>
+    <t>Valero Energy Corporation</t>
+  </si>
+  <si>
+    <t>DX051</t>
+  </si>
+  <si>
+    <t>Valley Clerks (UFCW - Roseville CA)</t>
+  </si>
+  <si>
+    <t>VHPLA</t>
+  </si>
+  <si>
+    <t>Vantage Health Plan</t>
+  </si>
+  <si>
+    <t>VPA18</t>
+  </si>
+  <si>
+    <t>Variable Protection Administrators</t>
+  </si>
+  <si>
+    <t>Varian Health Care Plan</t>
+  </si>
+  <si>
+    <t>72187</t>
+  </si>
+  <si>
+    <t>Varipro</t>
+  </si>
+  <si>
+    <t>VACCN</t>
+  </si>
+  <si>
+    <t>Veteran Affairs Community Care Network</t>
+  </si>
+  <si>
+    <t>DX116</t>
+  </si>
+  <si>
+    <t>Voluntary Benefit Plan</t>
+  </si>
+  <si>
+    <t>59266</t>
+  </si>
+  <si>
+    <t>Volusia Health Network</t>
+  </si>
+  <si>
+    <t>Washington Dental Service (Delta Dental of Washington)</t>
+  </si>
+  <si>
+    <t>Washington State Council of County &amp; City Employees Dental Trust Grp. #F36</t>
+  </si>
+  <si>
+    <t>WebTPA/Community Health Electronic Claims</t>
+  </si>
+  <si>
+    <t>Welfare and Pension Administrators</t>
+  </si>
+  <si>
+    <t>WellCare GA Peachcare for Kids (CHIP)</t>
+  </si>
+  <si>
+    <t>14163</t>
+  </si>
+  <si>
+    <t>WellCare Health Plans (Medicaid)</t>
+  </si>
+  <si>
+    <t>14162</t>
+  </si>
+  <si>
+    <t>WellCare Health Plans (Medicare)</t>
+  </si>
+  <si>
+    <t>WellCare of Georgia Medicaid</t>
+  </si>
+  <si>
+    <t>WellCare of Georgia Medicare</t>
+  </si>
+  <si>
+    <t>WellCare of Kentucky Medicaid</t>
+  </si>
+  <si>
+    <t>WellCare of Kentucky Medicare</t>
+  </si>
+  <si>
+    <t>Wellmark Healthnet (BCBS of Iowa)</t>
+  </si>
+  <si>
+    <t>WDS53</t>
+  </si>
+  <si>
+    <t>Western Dental Services</t>
+  </si>
+  <si>
+    <t>WDS14</t>
+  </si>
+  <si>
+    <t>Western Dental Services - Encounters</t>
+  </si>
+  <si>
+    <t>WGAT1</t>
+  </si>
+  <si>
+    <t>Western Growers Assurance Trust</t>
+  </si>
+  <si>
+    <t>WI State Employees - Managed Health Services</t>
+  </si>
+  <si>
+    <t>WI State Employees - Physicians Plus Insurance Company</t>
+  </si>
+  <si>
+    <t>WVCHD</t>
+  </si>
+  <si>
+    <t>Willamette Valley Community Health</t>
+  </si>
+  <si>
+    <t>WHLTH</t>
+  </si>
+  <si>
+    <t>Willow Health</t>
+  </si>
+  <si>
+    <t>R7002</t>
+  </si>
+  <si>
+    <t>Wilson McShane</t>
+  </si>
+  <si>
+    <t>Woodward Health Care Services</t>
+  </si>
+  <si>
+    <t>20333</t>
+  </si>
+  <si>
+    <t>Worksite Benefit Service</t>
+  </si>
+  <si>
+    <t>Zenith Administrators (MN)</t>
+  </si>
+  <si>
+    <t>LX063</t>
+  </si>
+  <si>
+    <t>Zenith Administrators (WA)</t>
+  </si>
+  <si>
+    <t>60221</t>
+  </si>
+  <si>
+    <t>Employee Benefit Services Inc.</t>
+  </si>
+  <si>
+    <t>DCILD</t>
+  </si>
+  <si>
+    <t>DeltaCare IL HMO</t>
+  </si>
+  <si>
+    <t>UNCFA</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Maryland - CareFirst Federal</t>
+  </si>
+  <si>
+    <t>56152</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of North Carolina Medicare</t>
+  </si>
+  <si>
+    <t>BrightBenefits</t>
+  </si>
+  <si>
+    <t>MAHC1</t>
+  </si>
+  <si>
+    <t>Medical Associates Health Plans</t>
+  </si>
+  <si>
+    <t>31114</t>
+  </si>
+  <si>
+    <t>CareSource OH MyCare Medicaid &amp; Medicare</t>
+  </si>
+  <si>
+    <t>65055</t>
+  </si>
+  <si>
+    <t>Eagles, Benefits By Design</t>
+  </si>
+  <si>
+    <t>INCS1</t>
+  </si>
+  <si>
+    <t>CareSource Indiana</t>
+  </si>
+  <si>
+    <t>U8053</t>
+  </si>
+  <si>
+    <t>Samera Health</t>
+  </si>
+  <si>
+    <t>34150</t>
+  </si>
+  <si>
+    <t>The Health Plan</t>
+  </si>
+  <si>
+    <t>62324</t>
+  </si>
+  <si>
+    <t>Plan Name FreedomLife Insurance Company of America(FLICA)</t>
+  </si>
+  <si>
+    <t>98205</t>
+  </si>
+  <si>
+    <t>NationalFoundation Life InsuranceCompany</t>
+  </si>
+  <si>
+    <t>62325</t>
+  </si>
+  <si>
+    <t>Enterprise LifeInsurance Company(ELIC)</t>
+  </si>
+  <si>
+    <t>23287</t>
+  </si>
+  <si>
+    <t>WPEE Insurance Trust Fund</t>
+  </si>
+  <si>
+    <t>UTUDQ</t>
+  </si>
+  <si>
+    <t>Freedom Life Insurance Company of America (FLICA)</t>
+  </si>
+  <si>
+    <t>Enterprise Life Insurance Company</t>
+  </si>
+  <si>
+    <t>National Foundation Life Insurance Company</t>
+  </si>
+  <si>
+    <t>DE (Delaware) Adult Medicaid</t>
+  </si>
+  <si>
+    <t>UTUDD</t>
+  </si>
+  <si>
+    <t>DXDEF</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Delaware FEP</t>
+  </si>
+  <si>
+    <t>91185</t>
+  </si>
+  <si>
+    <t>Access Dental Plan</t>
+  </si>
+  <si>
+    <t>District Council 37 Health and Security Plan [DOS after 9/1/20]</t>
+  </si>
+  <si>
+    <t>DX181</t>
+  </si>
+  <si>
+    <t>New York Welfare Fund Local 1181</t>
+  </si>
+  <si>
+    <t>04356</t>
+  </si>
+  <si>
+    <t>Dental Care Plus (Dentaquest)</t>
+  </si>
+  <si>
+    <t>93658</t>
+  </si>
+  <si>
+    <t>Alliance Coal Health Plan</t>
+  </si>
+  <si>
+    <t>BLUEC</t>
+  </si>
+  <si>
+    <t>Blue Cross of Idaho</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Alabama - Ascension</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Georgia WellCare Medicaid - Children &amp; Adults</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Georgia WellCare Medicaid - Pregnancy</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Illinois - Meridian-Pregnant Women</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Indiana - Ascension</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Michigan - Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Michigan - Ascension</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Nevada - Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - New Hampshire - Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - North Carolina - Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Oregon Health Net</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Oregon Trillium</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Tennessee - Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Tennessee - Ascension</t>
+  </si>
+  <si>
+    <t>DPLAN</t>
+  </si>
+  <si>
+    <t>Dencap Dental Plans</t>
+  </si>
+  <si>
+    <t>CHA01</t>
+  </si>
+  <si>
+    <t>Cascade Health Alliance, LLC</t>
+  </si>
+  <si>
+    <t>CDAR1</t>
+  </si>
+  <si>
+    <t>UPMCD</t>
+  </si>
+  <si>
+    <t>UPMC Community HealthChoices (CHC)</t>
+  </si>
+  <si>
+    <t>UPMC Health Plan (CHIP)</t>
+  </si>
+  <si>
+    <t>UPMC Medicaid</t>
+  </si>
+  <si>
+    <t>13343</t>
+  </si>
+  <si>
+    <t>Amalgamated National Health Fund</t>
+  </si>
+  <si>
+    <t>11329</t>
+  </si>
+  <si>
+    <t>International Benefit Administrators</t>
+  </si>
+  <si>
+    <t>Delta Dental Smiles</t>
+  </si>
+  <si>
+    <t>ARCMS</t>
+  </si>
+  <si>
+    <t>Arkansas Medicare Advantage</t>
+  </si>
+  <si>
+    <t>CX061</t>
+  </si>
+  <si>
+    <t>Lincoln Financial Group</t>
+  </si>
+  <si>
+    <t>00520</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Arkansas Federal</t>
+  </si>
+  <si>
+    <t>31182</t>
+  </si>
+  <si>
+    <t>InnovAge</t>
+  </si>
+  <si>
+    <t>MGDBP</t>
+  </si>
+  <si>
+    <t>Moonlight Graham – Dental Benefits Plan</t>
+  </si>
+  <si>
+    <t>30506</t>
+  </si>
+  <si>
+    <t>Electrical Welfare Trust Fund</t>
+  </si>
+  <si>
+    <t>HCHHP</t>
+  </si>
+  <si>
+    <t>Healthcare Highways (Grapevine, TX)</t>
+  </si>
+  <si>
+    <t>CALSC</t>
+  </si>
+  <si>
+    <t>Calvos SelectCare</t>
+  </si>
+  <si>
+    <t>TRINPC</t>
+  </si>
+  <si>
+    <t>Trinity Health PACE</t>
+  </si>
+  <si>
+    <t>96938</t>
+  </si>
+  <si>
+    <t>Gateway Health Plan</t>
+  </si>
+  <si>
+    <t>Molina Healthcare of Mississippi</t>
+  </si>
+  <si>
+    <t>TPGXX</t>
+  </si>
+  <si>
+    <t>The Preferred Group</t>
+  </si>
+  <si>
+    <t>31401</t>
+  </si>
+  <si>
+    <t>Provider Partner Health Plan (PPHP) of Illinois</t>
+  </si>
+  <si>
+    <t>31404</t>
+  </si>
+  <si>
+    <t>Provider Partner Health Plan (PPHP) of Missouri</t>
+  </si>
+  <si>
+    <t>31402</t>
+  </si>
+  <si>
+    <t>Provider Partner Health Plan (PPHP) of Ohio</t>
+  </si>
+  <si>
+    <t>31400</t>
+  </si>
+  <si>
+    <t>Provider Partner Health Plan (PPHP) of Pennsylvania</t>
+  </si>
+  <si>
+    <t>62599</t>
+  </si>
+  <si>
+    <t>Detego Health</t>
+  </si>
+  <si>
+    <t>53684</t>
+  </si>
+  <si>
+    <t>Universal Health Fellowship</t>
+  </si>
+  <si>
+    <t>Highmark West Virginia (UCCI)</t>
+  </si>
+  <si>
+    <t>Minnesota Blue Cross Dental (UCCI)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Delaware (UCCI)</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Western New York</t>
+  </si>
+  <si>
+    <t>Blue Shield of Northeastern New York (UCCI)</t>
+  </si>
+  <si>
+    <t>SDCMS</t>
+  </si>
+  <si>
+    <t>Delta Dental of South Dakota Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Envolve - Alabama WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Arizona WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Florida WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Georgia WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Louisiana Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve - Louisiana WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Maine WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Massachusetts WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Mississippi WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Missouri WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Nebraska Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve - Nebraska WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - New Hampshire WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - New Jersey Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve - New Jersey WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - North Carolina WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Oklahoma Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve - Oklahoma WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - South Carolina WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Tennessee WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Texas Medicare Ascension</t>
+  </si>
+  <si>
+    <t>Envolve - Texas WellCare Medicare</t>
+  </si>
+  <si>
+    <t>Envolve - Washington WellCare Medicare</t>
+  </si>
+  <si>
+    <t>GHP22</t>
+  </si>
+  <si>
+    <t>Geisinger Health Plan</t>
+  </si>
+  <si>
+    <t>HPSMD</t>
+  </si>
+  <si>
+    <t>Health Plan of San Mateo Dental</t>
+  </si>
+  <si>
+    <t>IB191</t>
+  </si>
+  <si>
+    <t>I.B.E.W. Local 191 Health &amp; Welfare Trust (Zenith)</t>
+  </si>
+  <si>
+    <t>31405</t>
+  </si>
+  <si>
+    <t>Provider Partner Health Plan (PPHP) of Texas</t>
+  </si>
+  <si>
+    <t>81883</t>
+  </si>
+  <si>
+    <t>Municipal Health Benefit Program</t>
+  </si>
+  <si>
+    <t>65241</t>
+  </si>
+  <si>
+    <t>Planstin Administration</t>
+  </si>
+  <si>
+    <t>BRKPNT</t>
+  </si>
+  <si>
+    <t>BreckPoint</t>
+  </si>
+  <si>
+    <t>65871</t>
+  </si>
+  <si>
+    <t>Koan Risk Solutions</t>
+  </si>
+  <si>
+    <t>25916</t>
+  </si>
+  <si>
+    <t>Hewitt, Coleman &amp; Associates, Inc</t>
+  </si>
+  <si>
+    <t>ALTAM</t>
+  </si>
+  <si>
+    <t>AltaMed</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Illinois – Meridian- Medicaid</t>
+  </si>
+  <si>
+    <t>LEVEL</t>
+  </si>
+  <si>
+    <t>Level Benefits, Inc.</t>
+  </si>
+  <si>
+    <t>CHPWA</t>
+  </si>
+  <si>
+    <t>Community Health Plan of Washington</t>
+  </si>
+  <si>
+    <t>93142</t>
+  </si>
+  <si>
+    <t>Rocky Mountain PACE</t>
+  </si>
+  <si>
+    <t>EXC02</t>
+  </si>
+  <si>
+    <t>Excellus BCBS of Central NY</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of New York (Syracuse)</t>
+  </si>
+  <si>
+    <t>Utica Blue Cross</t>
+  </si>
+  <si>
+    <t>WBHCA</t>
+  </si>
+  <si>
+    <t>WelbeHealth</t>
+  </si>
+  <si>
+    <t>Buffalo Teachers Federation</t>
+  </si>
+  <si>
+    <t>26374</t>
+  </si>
+  <si>
+    <t>Southland Benefit Solutions</t>
+  </si>
+  <si>
+    <t>84980</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Texas</t>
+  </si>
+  <si>
+    <t>49984</t>
+  </si>
+  <si>
+    <t>Business Administrators &amp; Consultants</t>
+  </si>
+  <si>
+    <t>80241</t>
+  </si>
+  <si>
+    <t>Group Benefit Services, Inc. (Missouri)</t>
+  </si>
+  <si>
+    <t>68031</t>
+  </si>
+  <si>
+    <t>Integrity Administrators, Inc. IAI (Dental)</t>
+  </si>
+  <si>
+    <t>79846</t>
+  </si>
+  <si>
+    <t>Reliance Community Care Partners (RCCP)</t>
+  </si>
+  <si>
+    <t>GE Group Life / Administrators / Financial</t>
+  </si>
+  <si>
+    <t>Phoenix American</t>
+  </si>
+  <si>
+    <t>34643</t>
+  </si>
+  <si>
+    <t>Cement Masons Union Local 502</t>
+  </si>
+  <si>
+    <t>DXGBG</t>
+  </si>
+  <si>
+    <t>Global Benefits Group</t>
+  </si>
+  <si>
+    <t>HealthNow Federal (UCCI)</t>
+  </si>
+  <si>
+    <t>Martin’s Point Generation Advantage Claims</t>
+  </si>
+  <si>
+    <t>South Country Health Alliance</t>
+  </si>
+  <si>
+    <t>FDCI1</t>
+  </si>
+  <si>
+    <t>Family Dental Care Inc</t>
+  </si>
+  <si>
+    <t>99943</t>
+  </si>
+  <si>
+    <t>Gulf Guaranty/ MedPlus</t>
+  </si>
+  <si>
+    <t>PB000</t>
+  </si>
+  <si>
+    <t>Harrison Electrical Dental</t>
+  </si>
+  <si>
+    <t>27034</t>
+  </si>
+  <si>
+    <t>PeakTPA</t>
+  </si>
+  <si>
+    <t>24140</t>
+  </si>
+  <si>
+    <t>StarMed Claims</t>
+  </si>
+  <si>
+    <t>EmblemHealth (GHI)</t>
+  </si>
+  <si>
+    <t>94312</t>
+  </si>
+  <si>
+    <t>Center for Elders Independence</t>
+  </si>
+  <si>
+    <t>37287</t>
+  </si>
+  <si>
+    <t>Planned Administrators, Inc.</t>
+  </si>
+  <si>
+    <t>TLU23</t>
+  </si>
+  <si>
+    <t>AmeriBen/IEC Group</t>
+  </si>
+  <si>
+    <t>DSC01</t>
+  </si>
+  <si>
+    <t>Spraying Systems Co.</t>
+  </si>
+  <si>
+    <t>52080</t>
+  </si>
+  <si>
+    <t>AFLAC of NY</t>
+  </si>
+  <si>
+    <t>64069</t>
+  </si>
+  <si>
+    <t>Fox Everett, Inc.</t>
+  </si>
+  <si>
+    <t>TNCMS</t>
+  </si>
+  <si>
+    <t>Farm Bureau Health Plan</t>
+  </si>
+  <si>
+    <t>Equitable Employee Benefit</t>
+  </si>
+  <si>
+    <t>MMISODJFS</t>
+  </si>
+  <si>
+    <t>Medicaid of Ohio</t>
+  </si>
+  <si>
+    <t>CSDEN001</t>
+  </si>
+  <si>
+    <t>Medicaid of Ohio (CareSource)</t>
+  </si>
+  <si>
+    <t>Medicaid of Ohio, Emerald HMO and Medicare, Inc.</t>
+  </si>
+  <si>
+    <t>Medicaid of Ohio, Health Power HMO, Cincinnati</t>
+  </si>
+  <si>
+    <t>Medicaid of Ohio, Personal Physicians Care, Cleveland</t>
+  </si>
+  <si>
+    <t>Medicaid of Ohio, United HealthCare, Inc. Medicare Complete</t>
+  </si>
+  <si>
+    <t>D004202</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Ohio</t>
+  </si>
+  <si>
+    <t>D007316</t>
+  </si>
+  <si>
+    <t>Molina Ohio</t>
+  </si>
+  <si>
+    <t>RP073</t>
+  </si>
+  <si>
+    <t>Kaiser Permanente Dental Choice</t>
+  </si>
+  <si>
+    <t>Coventry Health Plan - Mail Handlers Benefit Plan</t>
+  </si>
+  <si>
+    <t>Mail Handlers Benefit Plan - MHBP</t>
+  </si>
+  <si>
+    <t>Florida Blue</t>
+  </si>
+  <si>
+    <t>Envolve - Kentucky Ambetter</t>
+  </si>
+  <si>
+    <t>Envolve Dental - Georgia WellCare Medicaid – Inter-Pregnancy Care</t>
+  </si>
+  <si>
+    <t>DXFMV</t>
+  </si>
+  <si>
+    <t>Frank M. Vaccaro</t>
+  </si>
+  <si>
+    <t>Pipe Trades Industry Health &amp; Welfare Fund</t>
+  </si>
+  <si>
+    <t>Pipe Fitters' Local 597</t>
+  </si>
+  <si>
+    <t>Delta Dental of Wisconsin - Individual</t>
+  </si>
+  <si>
+    <t>94267</t>
+  </si>
+  <si>
+    <t>HealthPartners of Minnesota</t>
+  </si>
+  <si>
+    <t>Medicaid of Minnesota (Administered by HealthPartners of Minnesota)</t>
+  </si>
+  <si>
+    <t>Dental Select</t>
+  </si>
+  <si>
+    <t>37279</t>
+  </si>
+  <si>
+    <t>Insurance Administrator of America</t>
+  </si>
+  <si>
+    <t>70123</t>
+  </si>
+  <si>
+    <t>WV PEIA</t>
+  </si>
+  <si>
+    <t>MA001</t>
+  </si>
+  <si>
+    <t>Medicare Advantage</t>
+  </si>
+  <si>
+    <t>Atlantic Dental Inc</t>
+  </si>
+  <si>
+    <t>Xantus Health Plan (TN)</t>
+  </si>
+  <si>
+    <t>Delta Dental of Missouri - Individual</t>
+  </si>
+  <si>
+    <t>Delta Dental of South Carolina - Individual</t>
+  </si>
+  <si>
+    <t>Delta Dental of Colorado - Individual</t>
+  </si>
+  <si>
+    <t>Delta Dental of Connecticut - Individual</t>
+  </si>
+  <si>
+    <t>Delta Dental of New Jersey- Individual</t>
+  </si>
+  <si>
+    <t>Delta Dental of Virginia - Individual</t>
+  </si>
+  <si>
+    <t>Delta Dental of Washington - Individual</t>
+  </si>
+  <si>
+    <t>54249</t>
+  </si>
+  <si>
+    <t>Redwood Health Services</t>
+  </si>
+  <si>
+    <t>Affordable Benefits</t>
+  </si>
+  <si>
+    <t>60801</t>
+  </si>
+  <si>
+    <t>American Public Life Insurance Company</t>
+  </si>
+  <si>
+    <t>Tricare Active Duty Dental Program (UCCI)</t>
+  </si>
+  <si>
+    <t>BKC01</t>
+  </si>
+  <si>
+    <t>BCBS of Kansas City (Dominion)</t>
+  </si>
+  <si>
+    <t>COM01</t>
+  </si>
+  <si>
+    <t>Community Care of Oklahoma</t>
+  </si>
+  <si>
+    <t>IBC01</t>
+  </si>
+  <si>
+    <t>Independence Blue Cross</t>
+  </si>
+  <si>
+    <t>PACLF</t>
+  </si>
+  <si>
+    <t>Pacific Life</t>
+  </si>
+  <si>
+    <t>P3201</t>
+  </si>
+  <si>
+    <t>Point32 Health</t>
+  </si>
+  <si>
+    <t>98477</t>
+  </si>
+  <si>
+    <t>Cow Creek Band of Umpqua Tribe of Indians</t>
+  </si>
+  <si>
+    <t>CX101</t>
+  </si>
+  <si>
+    <t>Carpenters Health &amp; Welfare Fund of Philadelphia &amp; Vicinity</t>
+  </si>
+  <si>
+    <t>78702</t>
+  </si>
+  <si>
+    <t>Seminole Tribe of FL</t>
+  </si>
+  <si>
+    <t>00840</t>
+  </si>
+  <si>
+    <t>Blue Cross Blue Shield of Oklahoma</t>
+  </si>
+  <si>
+    <t>LCB01</t>
+  </si>
+  <si>
+    <t>Line Construction Benefits Fund</t>
+  </si>
+  <si>
+    <t>CX110</t>
+  </si>
+  <si>
+    <t>Premier Access</t>
+  </si>
+  <si>
+    <t>39148</t>
+  </si>
+  <si>
+    <t>Dental Professionals of Wisconsin</t>
+  </si>
+  <si>
+    <t>78077</t>
+  </si>
+  <si>
+    <t>Equitable (UCCI)</t>
+  </si>
+  <si>
+    <t>Equitable NY (UCCI)</t>
+  </si>
+  <si>
+    <t>TLU69</t>
+  </si>
+  <si>
+    <t>UnitedHealthcare RITe Smiles</t>
+  </si>
+  <si>
+    <t>84147</t>
+  </si>
+  <si>
+    <t>VA Family Members Program Dental (VFMP)</t>
+  </si>
+  <si>
+    <t>DXCMT</t>
+  </si>
+  <si>
+    <t>ComTon, Inc.</t>
+  </si>
+  <si>
+    <t>PCU02</t>
+  </si>
+  <si>
+    <t>Refugee Medical Assistance Program (Point Comfort Underwriters)</t>
+  </si>
+  <si>
+    <t>91184</t>
+  </si>
+  <si>
+    <t>SanFord Health Plan</t>
+  </si>
+  <si>
+    <t>C5781</t>
+  </si>
+  <si>
+    <t>SureCare Benefits</t>
+  </si>
+  <si>
+    <t>SUBSC</t>
+  </si>
+  <si>
+    <t>Subscribili Inc</t>
+  </si>
+  <si>
+    <t>J4400</t>
+  </si>
+  <si>
+    <t>HeadsUp Healthcare</t>
+  </si>
+  <si>
+    <t>AGC-International Union of Operating Engineers Local 701 Health and Welfare Trust Fund #F7</t>
+  </si>
+  <si>
+    <t>Alaska Carpenters Health and Welfare Trust Fund #F40</t>
+  </si>
+  <si>
+    <t>Alaska Machinist #F21</t>
+  </si>
+  <si>
+    <t>Northwest IAM #F39</t>
+  </si>
+  <si>
+    <t>Northwest Plumbing and Pipefitting Industry Health, Welfare and Vacation Trust #F31</t>
+  </si>
+  <si>
+    <t>APEA-AFT Health &amp; Welfare Trust Employee Benefit Plan #P60-APEA</t>
+  </si>
+  <si>
+    <t>APEA-AFT Health &amp; Welfare Trust Employee Benefit Plan Juneau Education Support Staff #P60-JESS</t>
+  </si>
+  <si>
+    <t>Fairbanks North Star Borough #P62</t>
+  </si>
+  <si>
+    <t>Fairbanks North Star School District #P62 Plan A</t>
+  </si>
+  <si>
+    <t>Fairbanks North Star School District #P62 Plan B</t>
+  </si>
+  <si>
+    <t>Fairbanks North Star School District #P62 Plan C</t>
+  </si>
+  <si>
+    <t>Locals 302 &amp; 612 of the Int'l Union of Op. Engineers Cons Industry Health &amp; Security Fund #F12</t>
+  </si>
+  <si>
+    <t>42137</t>
+  </si>
+  <si>
+    <t>TriStar</t>
+  </si>
+  <si>
+    <t>VAICE</t>
+  </si>
+  <si>
+    <t>ICE Health Service Corps</t>
+  </si>
+  <si>
+    <t>AH001</t>
+  </si>
+  <si>
+    <t>Pacific Health Alliance</t>
+  </si>
+  <si>
+    <t>059</t>
+  </si>
+  <si>
+    <t>CalOptima</t>
+  </si>
+  <si>
+    <t>TNC02</t>
+  </si>
+  <si>
+    <t>Renaissance Medicaid (formerly Tenncare)</t>
+  </si>
+  <si>
+    <t>62180</t>
+  </si>
+  <si>
+    <t>BCBSAZ Health Choice Arizona</t>
+  </si>
+  <si>
+    <t>CXADN</t>
+  </si>
+  <si>
+    <t>ADN Administrators</t>
+  </si>
+  <si>
+    <t>ABHK1</t>
+  </si>
+  <si>
+    <t>Aetna Better Health - Kentucky (DOS after 10/01/2025)</t>
+  </si>
+  <si>
+    <t>AFLAC (via SKYGEN)</t>
+  </si>
+  <si>
+    <t>95433</t>
+  </si>
+  <si>
+    <t>AIDS Healthcare Foundation - RW</t>
+  </si>
+  <si>
+    <t>IMGIN</t>
+  </si>
+  <si>
+    <t>Americorps Vista</t>
+  </si>
+  <si>
+    <t>84320</t>
+  </si>
+  <si>
+    <t>Astiva Health</t>
+  </si>
+  <si>
+    <t>29076</t>
   </si>
   <si>
     <t>Benefit Services</t>
   </si>
   <si>
-    <t>41101</t>
-[...5093 lines deleted...]
-    <t>GACS1</t>
+    <t>20446</t>
+  </si>
+  <si>
+    <t>6 Degrees Health, Inc</t>
+  </si>
+  <si>
+    <t>CB159</t>
+  </si>
+  <si>
+    <t>Advisory Health Administrators</t>
+  </si>
+  <si>
+    <t>IHS27</t>
+  </si>
+  <si>
+    <t>Array Health</t>
+  </si>
+  <si>
+    <t>43178</t>
+  </si>
+  <si>
+    <t>Benefit Management, Inc. (BMI) / Joplin Claims</t>
+  </si>
+  <si>
+    <t>IHS11</t>
+  </si>
+  <si>
+    <t>Centurion</t>
+  </si>
+  <si>
+    <t>11752</t>
+  </si>
+  <si>
+    <t>ClaimsBridge High Performance Network (HPN)</t>
+  </si>
+  <si>
+    <t>IHS28</t>
+  </si>
+  <si>
+    <t>Community Preferred Healthcare (AHN - TPHS)</t>
+  </si>
+  <si>
+    <t>CB695</t>
+  </si>
+  <si>
+    <t>CPR Share Plans</t>
+  </si>
+  <si>
+    <t>55731</t>
+  </si>
+  <si>
+    <t>DirectCare</t>
+  </si>
+  <si>
+    <t>34108</t>
+  </si>
+  <si>
+    <t>ES Beveridge</t>
+  </si>
+  <si>
+    <t>iNetico, Inc</t>
+  </si>
+  <si>
+    <t>IHS02</t>
+  </si>
+  <si>
+    <t>Jericho Share</t>
+  </si>
+  <si>
+    <t>CB752</t>
+  </si>
+  <si>
+    <t>Lockard &amp; Williams</t>
+  </si>
+  <si>
+    <t>IHS41</t>
+  </si>
+  <si>
+    <t>Peak Benefit Administrators</t>
+  </si>
+  <si>
+    <t>IHS03</t>
+  </si>
+  <si>
+    <t>People 1st</t>
+  </si>
+  <si>
+    <t>Point C - Mid American Benefits</t>
+  </si>
+  <si>
+    <t>CB404</t>
+  </si>
+  <si>
+    <t>Preferred Health Plan of Carolinas (PHPC)</t>
+  </si>
+  <si>
+    <t>89461</t>
+  </si>
+  <si>
+    <t>Quality Care Partners (QCP)</t>
+  </si>
+  <si>
+    <t>44219</t>
+  </si>
+  <si>
+    <t>Quest Behavioral Health</t>
+  </si>
+  <si>
+    <t>IHS24</t>
+  </si>
+  <si>
+    <t>Recuro First Health (RCFH) MBACLM (FH LOB)</t>
+  </si>
+  <si>
+    <t>IHS23</t>
+  </si>
+  <si>
+    <t>Recuro MPMBA (MultiPlan LOB)</t>
+  </si>
+  <si>
+    <t>50114</t>
+  </si>
+  <si>
+    <t>Sana Benefits</t>
+  </si>
+  <si>
+    <t>Spectrum Administrators</t>
+  </si>
+  <si>
+    <t>80900</t>
+  </si>
+  <si>
+    <t>Total Plan Concepts</t>
+  </si>
+  <si>
+    <t>IHS15</t>
+  </si>
+  <si>
+    <t>Yuzu</t>
+  </si>
+  <si>
+    <t>95112</t>
+  </si>
+  <si>
+    <t>Capital Health Life Pace</t>
   </si>
   <si>
     <t>CareSource Georgia</t>
   </si>
   <si>
-    <t>INCS1</t>
-[...971 lines deleted...]
-    <t>CalOptima</t>
+    <t>CSDENFIDE2</t>
+  </si>
+  <si>
+    <t>CareSource OH FIDE (Delta) [DOS Beginning 1/1/2026]</t>
+  </si>
+  <si>
+    <t>CSDENMCD2</t>
+  </si>
+  <si>
+    <t>CareSource OH Medicaid (Delta) [DOS Beginning 1/1/2026]</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:D1374"/>
+  <dimension ref="A1:D1403"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>5</v>
@@ -7018,93 +7177,93 @@
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>40</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>44</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>6</v>
@@ -7158,93 +7317,93 @@
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>71</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>6</v>
@@ -7270,849 +7429,849 @@
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B46" s="0" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>95</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B49" s="0" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>65</v>
+        <v>97</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>103</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>104</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>106</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B55" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C55" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>61</v>
+        <v>4</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>4</v>
+        <v>103</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>61</v>
+        <v>111</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>123</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>124</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C66" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>105</v>
+        <v>126</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>127</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B70" s="0" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B71" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B71" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C71" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B72" s="0" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>33</v>
+        <v>135</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B74" s="0" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" s="0" t="s">
         <v>141</v>
       </c>
-      <c r="B75" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C75" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B77" s="0" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>146</v>
+        <v>25</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>146</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="B80" s="0" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>25</v>
+        <v>150</v>
       </c>
       <c r="B81" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C81" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B82" s="0" t="s">
         <v>152</v>
       </c>
-      <c r="B82" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C82" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B83" s="0" t="s">
         <v>154</v>
       </c>
-      <c r="B83" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>156</v>
       </c>
-      <c r="B84" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C84" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>48</v>
+        <v>157</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>159</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>160</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>166</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B90" s="0" t="s">
         <v>167</v>
       </c>
-      <c r="B90" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C90" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
+        <v>168</v>
+      </c>
+      <c r="B91" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="B91" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C91" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B92" s="0" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>55</v>
+        <v>172</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>173</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>183</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>6</v>
@@ -8124,3971 +8283,3971 @@
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>184</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>185</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>187</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B103" s="0" t="s">
         <v>192</v>
       </c>
-      <c r="B103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B104" s="0" t="s">
         <v>194</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
+        <v>195</v>
+      </c>
+      <c r="B105" s="0" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B106" s="0" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D106" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="B107" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B107" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>67</v>
+        <v>201</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>202</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>204</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B110" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="B110" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C110" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B111" s="0" t="s">
         <v>207</v>
       </c>
-      <c r="B111" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C111" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="B112" s="0" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B113" s="0" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="B114" s="0" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>169</v>
+        <v>214</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>203</v>
+      </c>
+      <c r="B116" s="0" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B117" s="0" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="B118" s="0" t="s">
         <v>220</v>
       </c>
-      <c r="B118" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C118" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="C119" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C120" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D120" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>213</v>
+        <v>224</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="B125" s="0" t="s">
         <v>232</v>
       </c>
-      <c r="B125" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C125" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="B126" s="0" t="s">
         <v>234</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>236</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D127" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D128" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>239</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>240</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>243</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>244</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D131" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>245</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>246</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D132" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>248</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D133" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B134" s="0" t="s">
         <v>249</v>
-      </c>
-[...1 lines deleted...]
-        <v>250</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="B135" s="0" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="C135" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D135" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>253</v>
+        <v>163</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="C136" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D136" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="C137" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="C138" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>169</v>
+        <v>257</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="C139" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D139" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="B140" s="0" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="C140" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D140" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>169</v>
+        <v>261</v>
       </c>
       <c r="B141" s="0" t="s">
         <v>262</v>
       </c>
       <c r="C141" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B142" s="0" t="s">
         <v>264</v>
       </c>
       <c r="C142" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>265</v>
       </c>
       <c r="B143" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C143" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
         <v>267</v>
       </c>
       <c r="B144" s="0" t="s">
         <v>268</v>
       </c>
       <c r="C144" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D144" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B145" s="0" t="s">
         <v>270</v>
       </c>
       <c r="C145" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
         <v>271</v>
       </c>
       <c r="B146" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C146" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D146" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
+        <v>271</v>
+      </c>
+      <c r="B147" s="0" t="s">
         <v>273</v>
       </c>
-      <c r="B147" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C147" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="B148" s="0" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="C148" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D148" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="B149" s="0" t="s">
         <v>277</v>
       </c>
-      <c r="B149" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C149" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
+        <v>278</v>
+      </c>
+      <c r="B150" s="0" t="s">
         <v>279</v>
       </c>
-      <c r="B150" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C150" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
+        <v>280</v>
+      </c>
+      <c r="B151" s="0" t="s">
         <v>281</v>
       </c>
-      <c r="B151" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C151" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C152" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B153" s="0" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="C153" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D153" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="B154" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="B154" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C154" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>287</v>
+      </c>
+      <c r="B155" s="0" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="C155" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D155" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
+        <v>289</v>
+      </c>
+      <c r="B156" s="0" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
       <c r="C156" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D156" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B157" s="0" t="s">
         <v>292</v>
       </c>
-      <c r="B157" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C157" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>292</v>
+        <v>271</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="C158" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="B159" s="0" t="s">
         <v>295</v>
-      </c>
-[...1 lines deleted...]
-        <v>296</v>
       </c>
       <c r="C159" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="B160" s="0" t="s">
         <v>297</v>
       </c>
-      <c r="B160" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C160" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>299</v>
+        <v>48</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="C161" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D161" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>301</v>
+        <v>48</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="C162" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>281</v>
+        <v>300</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="C163" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C164" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C165" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>48</v>
+        <v>306</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="C166" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>48</v>
+        <v>308</v>
       </c>
       <c r="B167" s="0" t="s">
         <v>309</v>
       </c>
       <c r="C167" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>308</v>
+      </c>
+      <c r="B168" s="0" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="C168" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D168" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="B169" s="0" t="s">
         <v>312</v>
       </c>
-      <c r="B169" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C170" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D170" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="C171" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C172" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
         <v>318</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>320</v>
+        <v>319</v>
       </c>
       <c r="C173" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D173" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>321</v>
+        <v>224</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="C174" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D174" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
         <v>321</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C175" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B176" s="0" t="s">
         <v>324</v>
       </c>
-      <c r="B176" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C176" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>326</v>
+        <v>16</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>327</v>
+        <v>325</v>
       </c>
       <c r="C177" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>328</v>
+        <v>326</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="C178" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>234</v>
+        <v>328</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="C179" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
+        <v>330</v>
+      </c>
+      <c r="B180" s="0" t="s">
         <v>331</v>
       </c>
-      <c r="B180" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C180" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
+        <v>332</v>
+      </c>
+      <c r="B181" s="0" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="C181" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D181" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>16</v>
+        <v>334</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>335</v>
       </c>
       <c r="C182" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D182" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
         <v>336</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>337</v>
       </c>
       <c r="C183" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D183" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
         <v>338</v>
       </c>
       <c r="B184" s="0" t="s">
         <v>339</v>
       </c>
       <c r="C184" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
         <v>340</v>
       </c>
       <c r="B185" s="0" t="s">
         <v>341</v>
       </c>
       <c r="C185" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
         <v>342</v>
       </c>
       <c r="B186" s="0" t="s">
         <v>343</v>
       </c>
       <c r="C186" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
         <v>344</v>
       </c>
       <c r="B187" s="0" t="s">
         <v>345</v>
       </c>
       <c r="C187" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D187" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B188" s="0" t="s">
         <v>346</v>
       </c>
-      <c r="B188" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C188" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>348</v>
+        <v>12</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C189" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D189" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>350</v>
+        <v>9</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="C190" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D190" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C191" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D191" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>354</v>
+        <v>59</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C192" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D192" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>115</v>
+        <v>352</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="C193" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>12</v>
+        <v>354</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C194" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D194" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>9</v>
+        <v>356</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="C195" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D195" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
+        <v>358</v>
+      </c>
+      <c r="B196" s="0" t="s">
         <v>359</v>
-      </c>
-[...1 lines deleted...]
-        <v>360</v>
       </c>
       <c r="C196" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D196" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>61</v>
+        <v>316</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>361</v>
+        <v>360</v>
       </c>
       <c r="C197" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
+        <v>361</v>
+      </c>
+      <c r="B198" s="0" t="s">
         <v>362</v>
-      </c>
-[...1 lines deleted...]
-        <v>363</v>
       </c>
       <c r="C198" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D198" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
+        <v>363</v>
+      </c>
+      <c r="B199" s="0" t="s">
         <v>364</v>
       </c>
-      <c r="B199" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C199" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>366</v>
+        <v>103</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="C200" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D200" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>368</v>
+        <v>48</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="C201" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>326</v>
+        <v>367</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="C202" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D202" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>371</v>
+        <v>245</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="C203" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>373</v>
+        <v>38</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>374</v>
+        <v>370</v>
       </c>
       <c r="C204" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D204" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>375</v>
+        <v>371</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="C205" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D205" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="C206" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="C207" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="C208" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D208" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>255</v>
+        <v>377</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>381</v>
+        <v>378</v>
       </c>
       <c r="C209" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>38</v>
+        <v>379</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="C210" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D210" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C211" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D211" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>46</v>
+        <v>383</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="C212" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>46</v>
+        <v>385</v>
       </c>
       <c r="B213" s="0" t="s">
         <v>386</v>
       </c>
       <c r="C213" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>196</v>
+        <v>387</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C214" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D214" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>388</v>
+        <v>71</v>
       </c>
       <c r="B215" s="0" t="s">
         <v>389</v>
       </c>
       <c r="C215" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D215" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
         <v>390</v>
       </c>
       <c r="B216" s="0" t="s">
         <v>391</v>
       </c>
       <c r="C216" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
         <v>392</v>
       </c>
       <c r="B217" s="0" t="s">
         <v>393</v>
       </c>
       <c r="C217" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D217" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
         <v>394</v>
       </c>
       <c r="B218" s="0" t="s">
         <v>395</v>
       </c>
       <c r="C218" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D218" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="B219" s="0" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="C219" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D219" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
+        <v>397</v>
+      </c>
+      <c r="B220" s="0" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
       <c r="C220" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D220" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>73</v>
+        <v>399</v>
       </c>
       <c r="B221" s="0" t="s">
         <v>400</v>
       </c>
       <c r="C221" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B222" s="0" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
       <c r="C222" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D222" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
+        <v>402</v>
+      </c>
+      <c r="B223" s="0" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="C223" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D223" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>405</v>
+        <v>159</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="C224" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>38</v>
+        <v>159</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C225" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>408</v>
+        <v>59</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C226" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="C227" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D227" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>55</v>
+        <v>409</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="C228" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>413</v>
+        <v>354</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C229" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>165</v>
+        <v>412</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="C230" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>165</v>
+        <v>399</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C231" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D231" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>61</v>
+        <v>415</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="C232" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D232" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="B233" s="0" t="s">
         <v>418</v>
       </c>
-      <c r="B233" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C233" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
+        <v>419</v>
+      </c>
+      <c r="B234" s="0" t="s">
         <v>420</v>
       </c>
-      <c r="B234" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C234" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>364</v>
+        <v>87</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>422</v>
+        <v>421</v>
       </c>
       <c r="C235" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="B236" s="0" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
       <c r="C236" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D236" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>410</v>
+        <v>424</v>
       </c>
       <c r="B237" s="0" t="s">
         <v>425</v>
       </c>
       <c r="C237" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D237" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
         <v>426</v>
       </c>
       <c r="B238" s="0" t="s">
         <v>427</v>
       </c>
       <c r="C238" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
         <v>428</v>
       </c>
       <c r="B239" s="0" t="s">
         <v>429</v>
       </c>
       <c r="C239" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
+        <v>399</v>
+      </c>
+      <c r="B240" s="0" t="s">
         <v>430</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="C240" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D240" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>89</v>
+        <v>399</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="C241" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>433</v>
+        <v>201</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="C242" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>435</v>
+        <v>159</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C243" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D243" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>437</v>
+        <v>375</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C244" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D244" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>439</v>
+        <v>159</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="C245" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D245" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>410</v>
+        <v>38</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="C246" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>410</v>
+        <v>437</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="C247" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>211</v>
+        <v>439</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C248" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>165</v>
+        <v>441</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="C249" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D249" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>196</v>
+        <v>33</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C250" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D250" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>165</v>
+        <v>444</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>446</v>
+        <v>445</v>
       </c>
       <c r="C251" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="C252" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D252" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="B253" s="0" t="s">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>449</v>
       </c>
       <c r="C253" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D253" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
+        <v>449</v>
+      </c>
+      <c r="B254" s="0" t="s">
         <v>450</v>
       </c>
-      <c r="B254" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C254" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="B255" s="0" t="s">
         <v>452</v>
       </c>
-      <c r="B255" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C255" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>33</v>
+        <v>453</v>
       </c>
       <c r="B256" s="0" t="s">
         <v>454</v>
       </c>
       <c r="C256" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D256" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
         <v>455</v>
       </c>
       <c r="B257" s="0" t="s">
         <v>456</v>
       </c>
       <c r="C257" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="B258" s="0" t="s">
         <v>457</v>
       </c>
       <c r="C258" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
         <v>458</v>
       </c>
       <c r="B259" s="0" t="s">
         <v>459</v>
       </c>
       <c r="C259" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D259" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
         <v>460</v>
       </c>
       <c r="B260" s="0" t="s">
         <v>461</v>
       </c>
       <c r="C260" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
         <v>462</v>
       </c>
       <c r="B261" s="0" t="s">
         <v>463</v>
       </c>
       <c r="C261" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D261" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
         <v>464</v>
       </c>
       <c r="B262" s="0" t="s">
         <v>465</v>
       </c>
       <c r="C262" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D262" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
         <v>466</v>
       </c>
       <c r="B263" s="0" t="s">
         <v>467</v>
       </c>
       <c r="C263" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>55</v>
+        <v>468</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C264" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D264" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>469</v>
+        <v>16</v>
       </c>
       <c r="B265" s="0" t="s">
         <v>470</v>
       </c>
       <c r="C265" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
         <v>471</v>
       </c>
       <c r="B266" s="0" t="s">
         <v>472</v>
       </c>
       <c r="C266" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B267" s="0" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="C267" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D267" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="B268" s="0" t="s">
         <v>475</v>
       </c>
-      <c r="B268" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C268" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>477</v>
+        <v>274</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="C269" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>479</v>
+        <v>274</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="C270" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D270" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>16</v>
+        <v>478</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="C271" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D271" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>483</v>
+        <v>481</v>
       </c>
       <c r="C272" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>9</v>
+        <v>482</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>484</v>
+        <v>483</v>
       </c>
       <c r="C273" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D273" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="B274" s="0" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="C274" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D274" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>284</v>
+        <v>486</v>
       </c>
       <c r="B275" s="0" t="s">
         <v>487</v>
       </c>
       <c r="C275" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D275" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>284</v>
+        <v>488</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C276" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D276" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C277" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D277" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C278" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C279" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C280" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D280" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C281" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D281" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C282" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D282" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C283" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D283" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C284" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D284" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C285" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D285" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C286" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D286" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C287" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D287" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C288" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D288" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C289" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D289" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C290" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D290" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C291" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D291" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C292" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D292" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C293" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D293" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C294" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D294" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C295" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D295" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C296" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D296" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C297" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D297" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C298" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D298" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C299" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D299" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C300" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D300" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C301" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D301" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>539</v>
+        <v>16</v>
       </c>
       <c r="B302" s="0" t="s">
         <v>540</v>
       </c>
       <c r="C302" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D302" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
         <v>541</v>
       </c>
       <c r="B303" s="0" t="s">
         <v>542</v>
       </c>
       <c r="C303" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D303" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
         <v>543</v>
       </c>
       <c r="B304" s="0" t="s">
         <v>544</v>
       </c>
       <c r="C304" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D304" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B305" s="0" t="s">
         <v>545</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
       <c r="C305" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D305" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
+        <v>546</v>
+      </c>
+      <c r="B306" s="0" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="C306" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D306" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>549</v>
+        <v>12</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C307" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D307" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>16</v>
+        <v>549</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="C308" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D308" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
+        <v>551</v>
+      </c>
+      <c r="B309" s="0" t="s">
         <v>552</v>
-      </c>
-[...1 lines deleted...]
-        <v>553</v>
       </c>
       <c r="C309" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D309" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B310" s="0" t="s">
         <v>554</v>
-      </c>
-[...1 lines deleted...]
-        <v>555</v>
       </c>
       <c r="C310" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D310" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>525</v>
+        <v>555</v>
       </c>
       <c r="B311" s="0" t="s">
         <v>556</v>
       </c>
       <c r="C311" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D311" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
         <v>557</v>
       </c>
       <c r="B312" s="0" t="s">
         <v>558</v>
       </c>
       <c r="C312" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D312" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>12</v>
+        <v>559</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C313" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D313" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C314" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D314" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C315" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D315" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C316" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D316" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C317" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C318" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D318" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C319" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D319" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C320" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D320" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C321" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D321" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C322" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D322" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C323" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C324" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D324" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C325" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D325" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C326" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D326" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>586</v>
+        <v>16</v>
       </c>
       <c r="B327" s="0" t="s">
         <v>587</v>
       </c>
       <c r="C327" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D327" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B328" s="0" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
       <c r="C328" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D328" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
+        <v>589</v>
+      </c>
+      <c r="B329" s="0" t="s">
         <v>590</v>
-      </c>
-[...1 lines deleted...]
-        <v>591</v>
       </c>
       <c r="C329" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D329" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>592</v>
+        <v>16</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="C330" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D330" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>594</v>
+        <v>16</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="C331" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D331" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>596</v>
+        <v>16</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C332" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D332" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>16</v>
+        <v>594</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="C333" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>16</v>
+        <v>596</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C334" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D334" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>601</v>
+        <v>599</v>
       </c>
       <c r="C335" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D335" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>16</v>
+        <v>600</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>602</v>
+        <v>601</v>
       </c>
       <c r="C336" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D336" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>16</v>
+        <v>602</v>
       </c>
       <c r="B337" s="0" t="s">
         <v>603</v>
       </c>
       <c r="C337" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>16</v>
+        <v>604</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C338" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D338" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C339" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D339" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C340" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D340" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="C341" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C342" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C343" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D343" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C344" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>130</v>
+        <v>59</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="C345" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C346" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C347" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D347" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C348" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D348" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C349" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C350" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D350" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>61</v>
+        <v>629</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C351" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C352" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D352" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="C353" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D353" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="C354" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D354" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>635</v>
+        <v>621</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C355" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C356" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D356" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C357" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D357" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C358" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D358" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C359" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D359" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C360" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D360" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>631</v>
+        <v>648</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C361" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D361" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>648</v>
+        <v>33</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C362" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D362" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C363" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D363" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C364" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C365" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D365" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C366" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D366" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C367" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>33</v>
+        <v>661</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="C368" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C369" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D369" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C370" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D370" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C371" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="B372" s="0" t="s">
         <v>668</v>
       </c>
       <c r="C372" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="B373" s="0" t="s">
         <v>669</v>
-      </c>
-[...1 lines deleted...]
-        <v>670</v>
       </c>
       <c r="C373" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D373" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>671</v>
+        <v>274</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D374" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="C375" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D375" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C376" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D376" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>677</v>
+        <v>676</v>
       </c>
       <c r="C377" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="B378" s="0" t="s">
         <v>678</v>
       </c>
       <c r="C378" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>284</v>
+        <v>201</v>
       </c>
       <c r="B379" s="0" t="s">
         <v>679</v>
       </c>
       <c r="C379" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>284</v>
+        <v>148</v>
       </c>
       <c r="B380" s="0" t="s">
         <v>680</v>
       </c>
       <c r="C380" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
         <v>681</v>
       </c>
       <c r="B381" s="0" t="s">
         <v>682</v>
       </c>
       <c r="C381" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D381" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
         <v>683</v>
       </c>
       <c r="B382" s="0" t="s">
         <v>684</v>
       </c>
       <c r="C382" s="0" t="s">
         <v>6</v>
@@ -12105,1572 +12264,1572 @@
         <v>686</v>
       </c>
       <c r="C383" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D383" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
         <v>687</v>
       </c>
       <c r="B384" s="0" t="s">
         <v>688</v>
       </c>
       <c r="C384" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D384" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>211</v>
+        <v>661</v>
       </c>
       <c r="B385" s="0" t="s">
         <v>689</v>
       </c>
       <c r="C385" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>154</v>
+        <v>690</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C386" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>691</v>
+        <v>690</v>
       </c>
       <c r="B387" s="0" t="s">
         <v>692</v>
       </c>
       <c r="C387" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B388" s="0" t="s">
         <v>693</v>
       </c>
-      <c r="B388" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C388" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="C389" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="C390" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>671</v>
+        <v>690</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>699</v>
+        <v>696</v>
       </c>
       <c r="C391" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D391" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="C392" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D392" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="C393" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D393" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="C394" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D394" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B395" s="0" t="s">
         <v>700</v>
-      </c>
-[...1 lines deleted...]
-        <v>704</v>
       </c>
       <c r="C395" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D395" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>705</v>
+        <v>701</v>
       </c>
       <c r="C396" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D396" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="C397" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D397" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="C398" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D398" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>708</v>
+        <v>704</v>
       </c>
       <c r="C399" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D399" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="C400" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D400" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="C401" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D401" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D402" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="C403" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D403" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="C404" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D404" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="C405" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D405" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="C406" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D406" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="C407" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D407" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
       <c r="C408" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D408" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="C409" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D409" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="C410" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D410" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="C411" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D411" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="C412" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D412" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="C413" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D413" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="C414" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D414" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="C415" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D415" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="C416" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D416" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="C417" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D417" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="C418" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D418" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="C419" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D419" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>729</v>
+        <v>725</v>
       </c>
       <c r="C420" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D420" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="C421" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D421" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>731</v>
+        <v>727</v>
       </c>
       <c r="C422" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D422" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
       <c r="C423" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D423" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="C424" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D424" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="C425" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D425" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="C426" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D426" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="C427" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D427" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="C428" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D428" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="C429" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D429" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="C430" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D430" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="C431" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D431" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="C432" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D432" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="C433" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D433" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="C434" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D434" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="C435" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D435" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="C436" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D436" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C437" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D437" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="C438" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D438" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>700</v>
+        <v>159</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="C439" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D439" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>700</v>
+        <v>103</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="C440" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D440" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>700</v>
+        <v>271</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="C441" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>700</v>
+        <v>747</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C442" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>700</v>
+        <v>749</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="C443" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>700</v>
+        <v>633</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>753</v>
+        <v>751</v>
       </c>
       <c r="C444" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>165</v>
+        <v>752</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="C445" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D445" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>105</v>
+        <v>754</v>
       </c>
       <c r="B446" s="0" t="s">
         <v>755</v>
       </c>
       <c r="C446" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D446" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>281</v>
+        <v>756</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C447" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D447" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>757</v>
+        <v>608</v>
       </c>
       <c r="B448" s="0" t="s">
         <v>758</v>
       </c>
       <c r="C448" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
         <v>759</v>
       </c>
       <c r="B449" s="0" t="s">
         <v>760</v>
       </c>
       <c r="C449" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D449" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>643</v>
+        <v>610</v>
       </c>
       <c r="B450" s="0" t="s">
         <v>761</v>
       </c>
       <c r="C450" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D450" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
         <v>762</v>
       </c>
       <c r="B451" s="0" t="s">
         <v>763</v>
       </c>
       <c r="C451" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
+        <v>655</v>
+      </c>
+      <c r="B452" s="0" t="s">
         <v>764</v>
       </c>
-      <c r="B452" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C452" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B453" s="0" t="s">
         <v>766</v>
       </c>
-      <c r="B453" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C453" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>618</v>
+        <v>767</v>
       </c>
       <c r="B454" s="0" t="s">
         <v>768</v>
       </c>
       <c r="C454" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
         <v>769</v>
       </c>
       <c r="B455" s="0" t="s">
         <v>770</v>
       </c>
       <c r="C455" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>620</v>
+        <v>53</v>
       </c>
       <c r="B456" s="0" t="s">
         <v>771</v>
       </c>
       <c r="C456" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
         <v>772</v>
       </c>
       <c r="B457" s="0" t="s">
         <v>773</v>
       </c>
       <c r="C457" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>665</v>
+        <v>774</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C458" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D458" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C459" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>777</v>
+        <v>53</v>
       </c>
       <c r="B460" s="0" t="s">
         <v>778</v>
       </c>
       <c r="C460" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
         <v>779</v>
       </c>
       <c r="B461" s="0" t="s">
         <v>780</v>
       </c>
       <c r="C461" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>55</v>
+        <v>781</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="C462" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C463" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>784</v>
+        <v>783</v>
       </c>
       <c r="B464" s="0" t="s">
         <v>785</v>
       </c>
       <c r="C464" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D464" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="B465" s="0" t="s">
         <v>786</v>
-      </c>
-[...1 lines deleted...]
-        <v>787</v>
       </c>
       <c r="C465" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D465" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>55</v>
+        <v>787</v>
       </c>
       <c r="B466" s="0" t="s">
         <v>788</v>
       </c>
       <c r="C466" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
         <v>789</v>
       </c>
       <c r="B467" s="0" t="s">
         <v>790</v>
       </c>
       <c r="C467" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D467" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
         <v>791</v>
       </c>
       <c r="B468" s="0" t="s">
         <v>792</v>
       </c>
       <c r="C468" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D468" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
         <v>793</v>
       </c>
       <c r="B469" s="0" t="s">
         <v>794</v>
       </c>
       <c r="C469" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D469" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C470" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D470" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C471" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D471" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C472" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="C473" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D473" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="C474" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="C475" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="C476" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D476" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>807</v>
+        <v>342</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C477" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D477" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C478" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="B479" s="0" t="s">
         <v>812</v>
       </c>
       <c r="C479" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D479" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B480" s="0" t="s">
         <v>813</v>
-      </c>
-[...1 lines deleted...]
-        <v>814</v>
       </c>
       <c r="C480" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D480" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>815</v>
+        <v>7</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>816</v>
+        <v>814</v>
       </c>
       <c r="C481" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D481" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>817</v>
+        <v>815</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>818</v>
+        <v>816</v>
       </c>
       <c r="C482" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>352</v>
+        <v>817</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>819</v>
+        <v>818</v>
       </c>
       <c r="C483" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
+        <v>819</v>
+      </c>
+      <c r="B484" s="0" t="s">
         <v>820</v>
-      </c>
-[...1 lines deleted...]
-        <v>821</v>
       </c>
       <c r="C484" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D484" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>820</v>
+        <v>803</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>822</v>
+        <v>821</v>
       </c>
       <c r="C485" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>61</v>
+        <v>822</v>
       </c>
       <c r="B486" s="0" t="s">
         <v>823</v>
       </c>
       <c r="C486" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D486" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>7</v>
+        <v>824</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="C487" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="C488" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="C489" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C490" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D490" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>813</v>
+        <v>832</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C491" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>832</v>
+        <v>633</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C492" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D492" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>834</v>
+        <v>608</v>
       </c>
       <c r="B493" s="0" t="s">
         <v>835</v>
       </c>
       <c r="C493" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
         <v>836</v>
       </c>
       <c r="B494" s="0" t="s">
         <v>837</v>
       </c>
       <c r="C494" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D494" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
         <v>838</v>
       </c>
       <c r="B495" s="0" t="s">
         <v>839</v>
       </c>
       <c r="C495" s="0" t="s">
         <v>6</v>
@@ -13682,1582 +13841,1582 @@
     <row r="496">
       <c r="A496" s="0" t="s">
         <v>840</v>
       </c>
       <c r="B496" s="0" t="s">
         <v>841</v>
       </c>
       <c r="C496" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D496" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
         <v>842</v>
       </c>
       <c r="B497" s="0" t="s">
         <v>843</v>
       </c>
       <c r="C497" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>643</v>
+        <v>224</v>
       </c>
       <c r="B498" s="0" t="s">
         <v>844</v>
       </c>
       <c r="C498" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>618</v>
+        <v>845</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C499" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D499" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C500" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D500" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="C501" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D501" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="C502" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D502" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="C503" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D503" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>234</v>
+        <v>855</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C504" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C505" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>857</v>
+        <v>600</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C506" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>859</v>
+        <v>4</v>
       </c>
       <c r="B507" s="0" t="s">
         <v>860</v>
       </c>
       <c r="C507" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D507" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B508" s="0" t="s">
         <v>861</v>
       </c>
-      <c r="B508" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C508" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>863</v>
+        <v>4</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="C509" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D509" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>865</v>
+        <v>4</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="C510" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D510" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>867</v>
+        <v>864</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>868</v>
+        <v>865</v>
       </c>
       <c r="C511" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D511" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>611</v>
+        <v>866</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="C512" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D512" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="C513" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>4</v>
+        <v>869</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>871</v>
+        <v>870</v>
       </c>
       <c r="C514" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="C515" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D515" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>4</v>
+        <v>872</v>
       </c>
       <c r="B516" s="0" t="s">
         <v>873</v>
       </c>
       <c r="C516" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D516" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
         <v>874</v>
       </c>
       <c r="B517" s="0" t="s">
         <v>875</v>
       </c>
       <c r="C517" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D517" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
         <v>876</v>
       </c>
       <c r="B518" s="0" t="s">
         <v>877</v>
       </c>
       <c r="C518" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D518" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>48</v>
+        <v>878</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C519" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D519" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C520" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D520" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>48</v>
+        <v>882</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C521" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D521" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C522" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D522" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C523" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D523" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>886</v>
+        <v>789</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C524" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D524" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C525" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D525" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C526" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D526" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C527" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C528" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D528" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>896</v>
+        <v>89</v>
       </c>
       <c r="B529" s="0" t="s">
         <v>897</v>
       </c>
       <c r="C529" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D529" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>799</v>
+        <v>882</v>
       </c>
       <c r="B530" s="0" t="s">
         <v>898</v>
       </c>
       <c r="C530" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D530" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
+        <v>882</v>
+      </c>
+      <c r="B531" s="0" t="s">
         <v>899</v>
-      </c>
-[...1 lines deleted...]
-        <v>900</v>
       </c>
       <c r="C531" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D531" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="B532" s="0" t="s">
         <v>901</v>
-      </c>
-[...1 lines deleted...]
-        <v>902</v>
       </c>
       <c r="C532" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D532" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
+        <v>902</v>
+      </c>
+      <c r="B533" s="0" t="s">
         <v>903</v>
       </c>
-      <c r="B533" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C533" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
+        <v>904</v>
+      </c>
+      <c r="B534" s="0" t="s">
         <v>905</v>
-      </c>
-[...1 lines deleted...]
-        <v>906</v>
       </c>
       <c r="C534" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D534" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>907</v>
+        <v>906</v>
       </c>
       <c r="C535" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
       <c r="B536" s="0" t="s">
         <v>908</v>
       </c>
       <c r="C536" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D536" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>892</v>
+        <v>909</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C537" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D537" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C538" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>912</v>
+        <v>314</v>
       </c>
       <c r="B539" s="0" t="s">
         <v>913</v>
       </c>
       <c r="C539" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D539" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B540" s="0" t="s">
         <v>914</v>
       </c>
-      <c r="B540" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C540" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D540" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>165</v>
+        <v>915</v>
       </c>
       <c r="B541" s="0" t="s">
         <v>916</v>
       </c>
       <c r="C541" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
         <v>917</v>
       </c>
       <c r="B542" s="0" t="s">
         <v>918</v>
       </c>
       <c r="C542" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D542" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
         <v>919</v>
       </c>
       <c r="B543" s="0" t="s">
         <v>920</v>
       </c>
       <c r="C543" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D543" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
         <v>921</v>
       </c>
       <c r="B544" s="0" t="s">
         <v>922</v>
       </c>
       <c r="C544" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D544" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>324</v>
+        <v>923</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="C545" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D545" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>105</v>
+        <v>925</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C546" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D546" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C547" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D547" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C548" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D548" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>929</v>
+        <v>222</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C549" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D549" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C550" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D550" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>933</v>
+        <v>830</v>
       </c>
       <c r="B551" s="0" t="s">
         <v>934</v>
       </c>
       <c r="C551" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D551" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="B552" s="0" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
       <c r="C552" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D552" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>937</v>
+        <v>474</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
       <c r="C553" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D553" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>939</v>
+        <v>474</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>940</v>
+        <v>937</v>
       </c>
       <c r="C554" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D554" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>232</v>
+        <v>938</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="C555" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D555" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="C556" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D556" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>840</v>
+        <v>661</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="C557" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>485</v>
+        <v>399</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="C558" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D558" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>485</v>
+        <v>944</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>946</v>
+        <v>945</v>
       </c>
       <c r="C559" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D559" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>485</v>
+        <v>661</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>947</v>
+        <v>946</v>
       </c>
       <c r="C560" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D560" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>948</v>
+        <v>399</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="C561" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D561" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>950</v>
+        <v>399</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>951</v>
+        <v>948</v>
       </c>
       <c r="C562" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D562" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>671</v>
+        <v>949</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="C563" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D563" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>410</v>
+        <v>951</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>953</v>
+        <v>952</v>
       </c>
       <c r="C564" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
+        <v>953</v>
+      </c>
+      <c r="B565" s="0" t="s">
         <v>954</v>
       </c>
-      <c r="B565" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C565" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>671</v>
+        <v>955</v>
       </c>
       <c r="B566" s="0" t="s">
         <v>956</v>
       </c>
       <c r="C566" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D566" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>410</v>
+        <v>957</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C567" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D567" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>410</v>
+        <v>959</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="C568" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D568" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>959</v>
+        <v>59</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C569" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D569" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C570" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D570" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C571" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D571" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C572" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D572" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C573" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D573" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C574" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D574" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>61</v>
+        <v>972</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="C575" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D575" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C576" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D576" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C577" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D577" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>976</v>
+        <v>524</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C578" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D578" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C579" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D579" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C580" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D580" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C581" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D581" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C582" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D582" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C583" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D583" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>535</v>
+        <v>989</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="C584" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D584" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="C585" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D585" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="C586" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D586" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="C587" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D587" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C588" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D588" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="C589" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D589" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>999</v>
+        <v>955</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C590" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D590" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C591" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D591" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>1003</v>
+        <v>553</v>
       </c>
       <c r="B592" s="0" t="s">
         <v>1004</v>
       </c>
       <c r="C592" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D592" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
         <v>1005</v>
       </c>
       <c r="B593" s="0" t="s">
         <v>1006</v>
       </c>
       <c r="C593" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D593" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
         <v>1007</v>
       </c>
       <c r="B594" s="0" t="s">
         <v>1008</v>
       </c>
       <c r="C594" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D594" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
+        <v>334</v>
+      </c>
+      <c r="B595" s="0" t="s">
         <v>1009</v>
       </c>
-      <c r="B595" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C595" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D595" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>965</v>
+        <v>1010</v>
       </c>
       <c r="B596" s="0" t="s">
         <v>1011</v>
       </c>
       <c r="C596" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D596" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
         <v>1012</v>
       </c>
       <c r="B597" s="0" t="s">
         <v>1013</v>
       </c>
       <c r="C597" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D597" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>564</v>
+        <v>972</v>
       </c>
       <c r="B598" s="0" t="s">
         <v>1014</v>
       </c>
       <c r="C598" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D598" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
         <v>1015</v>
       </c>
       <c r="B599" s="0" t="s">
         <v>1016</v>
       </c>
       <c r="C599" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D599" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
         <v>1017</v>
       </c>
       <c r="B600" s="0" t="s">
         <v>1018</v>
       </c>
       <c r="C600" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D600" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>344</v>
+        <v>1019</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C601" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D601" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C602" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D602" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C603" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D603" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>982</v>
+        <v>1025</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>1024</v>
+        <v>1026</v>
       </c>
       <c r="C604" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D604" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>1025</v>
+        <v>9</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C605" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D605" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C606" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D606" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>1029</v>
+        <v>882</v>
       </c>
       <c r="B607" s="0" t="s">
         <v>1030</v>
       </c>
       <c r="C607" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D607" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
         <v>1031</v>
       </c>
       <c r="B608" s="0" t="s">
         <v>1032</v>
       </c>
       <c r="C608" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D608" s="0" t="s">
         <v>11</v>
       </c>
     </row>
@@ -15269,1073 +15428,1073 @@
         <v>1034</v>
       </c>
       <c r="C609" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D609" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
         <v>1035</v>
       </c>
       <c r="B610" s="0" t="s">
         <v>1036</v>
       </c>
       <c r="C610" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D610" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>9</v>
+        <v>1037</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C611" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D611" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>1038</v>
+        <v>1037</v>
       </c>
       <c r="B612" s="0" t="s">
         <v>1039</v>
       </c>
       <c r="C612" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D612" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>892</v>
+        <v>1040</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C613" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D613" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C614" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D614" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C615" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D615" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C616" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D616" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C617" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C618" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D618" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1050</v>
+        <v>810</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C619" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D619" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C620" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D620" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>1054</v>
+        <v>793</v>
       </c>
       <c r="B621" s="0" t="s">
         <v>1055</v>
       </c>
       <c r="C621" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D621" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
+        <v>4</v>
+      </c>
+      <c r="B622" s="0" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
       <c r="C622" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D622" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>1058</v>
+        <v>4</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1059</v>
+        <v>1057</v>
       </c>
       <c r="C623" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D623" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>1060</v>
+        <v>1058</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1061</v>
+        <v>1059</v>
       </c>
       <c r="C624" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D624" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>820</v>
+        <v>1060</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1062</v>
+        <v>1061</v>
       </c>
       <c r="C625" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D625" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1063</v>
+        <v>113</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1064</v>
+        <v>1062</v>
       </c>
       <c r="C626" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D626" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>803</v>
+        <v>1063</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1065</v>
+        <v>1064</v>
       </c>
       <c r="C627" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D627" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>4</v>
+        <v>323</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1066</v>
+        <v>1065</v>
       </c>
       <c r="C628" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D628" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>4</v>
+        <v>600</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1067</v>
+        <v>1066</v>
       </c>
       <c r="C629" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D629" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B630" s="0" t="s">
         <v>1068</v>
-      </c>
-[...1 lines deleted...]
-        <v>1069</v>
       </c>
       <c r="C630" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D630" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>1070</v>
+        <v>9</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1071</v>
+        <v>1069</v>
       </c>
       <c r="C631" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D631" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>115</v>
+        <v>9</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1072</v>
+        <v>1070</v>
       </c>
       <c r="C632" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D632" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>1073</v>
+        <v>9</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>1074</v>
+        <v>1071</v>
       </c>
       <c r="C633" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>333</v>
+        <v>1072</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>1075</v>
+        <v>1073</v>
       </c>
       <c r="C634" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>611</v>
+        <v>9</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>1076</v>
+        <v>1074</v>
       </c>
       <c r="C635" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D635" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>1077</v>
+        <v>9</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>1078</v>
+        <v>1075</v>
       </c>
       <c r="C636" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D636" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1079</v>
+        <v>1076</v>
       </c>
       <c r="C637" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D637" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>9</v>
+        <v>1077</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="C638" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D638" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="C639" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D639" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>1082</v>
+        <v>9</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>1083</v>
+        <v>1080</v>
       </c>
       <c r="C640" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D640" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>1084</v>
+        <v>1081</v>
       </c>
       <c r="C641" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D641" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1085</v>
+        <v>1082</v>
       </c>
       <c r="C642" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D642" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1086</v>
+        <v>1083</v>
       </c>
       <c r="C643" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D643" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>1087</v>
+        <v>801</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1088</v>
+        <v>1084</v>
       </c>
       <c r="C644" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D644" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
       <c r="C645" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D645" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>1090</v>
+        <v>1086</v>
       </c>
       <c r="C646" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D646" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>1091</v>
+        <v>1087</v>
       </c>
       <c r="C647" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D647" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
         <v>9</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>1092</v>
+        <v>1088</v>
       </c>
       <c r="C648" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D648" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>9</v>
+        <v>1089</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="C649" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D649" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>811</v>
+        <v>1091</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
       <c r="C650" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D650" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>9</v>
+        <v>1093</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>1095</v>
+        <v>1094</v>
       </c>
       <c r="C651" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D651" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>9</v>
+        <v>1095</v>
       </c>
       <c r="B652" s="0" t="s">
         <v>1096</v>
       </c>
       <c r="C652" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D652" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>9</v>
+        <v>962</v>
       </c>
       <c r="B653" s="0" t="s">
         <v>1097</v>
       </c>
       <c r="C653" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D653" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>9</v>
+        <v>608</v>
       </c>
       <c r="B654" s="0" t="s">
         <v>1098</v>
       </c>
       <c r="C654" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D654" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
         <v>1099</v>
       </c>
       <c r="B655" s="0" t="s">
         <v>1100</v>
       </c>
       <c r="C655" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D655" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B656" s="0" t="s">
         <v>1101</v>
       </c>
-      <c r="B656" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C656" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D656" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B657" s="0" t="s">
         <v>1103</v>
-      </c>
-[...1 lines deleted...]
-        <v>1104</v>
       </c>
       <c r="C657" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D657" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>1105</v>
+        <v>59</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>1106</v>
+        <v>1104</v>
       </c>
       <c r="C658" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D658" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>972</v>
+        <v>53</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="C659" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D659" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>618</v>
+        <v>1106</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>1108</v>
+        <v>1107</v>
       </c>
       <c r="C660" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D660" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B661" s="0" t="s">
         <v>1109</v>
-      </c>
-[...1 lines deleted...]
-        <v>1110</v>
       </c>
       <c r="C661" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D661" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>61</v>
+        <v>1110</v>
       </c>
       <c r="B662" s="0" t="s">
         <v>1111</v>
       </c>
       <c r="C662" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D662" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
         <v>1112</v>
       </c>
       <c r="B663" s="0" t="s">
         <v>1113</v>
       </c>
       <c r="C663" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D663" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B664" s="0" t="s">
         <v>1114</v>
       </c>
       <c r="C664" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D664" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>55</v>
+        <v>1115</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C665" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D665" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C666" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D666" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1118</v>
+        <v>878</v>
       </c>
       <c r="B667" s="0" t="s">
         <v>1119</v>
       </c>
       <c r="C667" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D667" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
         <v>1120</v>
       </c>
       <c r="B668" s="0" t="s">
         <v>1121</v>
       </c>
       <c r="C668" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D668" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
         <v>1122</v>
       </c>
       <c r="B669" s="0" t="s">
         <v>1123</v>
       </c>
       <c r="C669" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D669" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>61</v>
+        <v>1124</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C670" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D670" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="C671" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D671" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>1127</v>
+        <v>140</v>
       </c>
       <c r="B672" s="0" t="s">
         <v>1128</v>
       </c>
       <c r="C672" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D672" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>888</v>
+        <v>1129</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C673" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D673" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>1130</v>
+        <v>1124</v>
       </c>
       <c r="B674" s="0" t="s">
         <v>1131</v>
       </c>
       <c r="C674" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D674" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B675" s="0" t="s">
         <v>1132</v>
-      </c>
-[...1 lines deleted...]
-        <v>1133</v>
       </c>
       <c r="C675" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D675" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B676" s="0" t="s">
         <v>1134</v>
       </c>
-      <c r="B676" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C676" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D676" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>1136</v>
+        <v>589</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="C677" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D677" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>146</v>
+        <v>1136</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>1138</v>
+        <v>1137</v>
       </c>
       <c r="C678" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D678" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B679" s="0" t="s">
         <v>1139</v>
       </c>
-      <c r="B679" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C679" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D679" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>1134</v>
+        <v>1140</v>
       </c>
       <c r="B680" s="0" t="s">
         <v>1141</v>
       </c>
       <c r="C680" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D680" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C681" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D681" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>1143</v>
+        <v>962</v>
       </c>
       <c r="B682" s="0" t="s">
         <v>1144</v>
       </c>
       <c r="C682" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D682" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>600</v>
+        <v>1145</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C683" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D683" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>1146</v>
+        <v>59</v>
       </c>
       <c r="B684" s="0" t="s">
         <v>1147</v>
       </c>
       <c r="C684" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D684" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
         <v>1148</v>
       </c>
       <c r="B685" s="0" t="s">
         <v>1149</v>
       </c>
       <c r="C685" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D685" s="0" t="s">
         <v>6</v>
       </c>
     </row>
@@ -16347,1605 +16506,1605 @@
         <v>1151</v>
       </c>
       <c r="C686" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D686" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
         <v>1152</v>
       </c>
       <c r="B687" s="0" t="s">
         <v>1153</v>
       </c>
       <c r="C687" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D687" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>972</v>
+        <v>1154</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C688" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D688" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>1155</v>
+        <v>59</v>
       </c>
       <c r="B689" s="0" t="s">
         <v>1156</v>
       </c>
       <c r="C689" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D689" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>61</v>
+        <v>1157</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="C690" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D690" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C691" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D691" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C692" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D692" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C693" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D693" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>1164</v>
+        <v>962</v>
       </c>
       <c r="B694" s="0" t="s">
         <v>1165</v>
       </c>
       <c r="C694" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D694" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>61</v>
+        <v>1166</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="C695" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D695" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C696" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D696" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>1169</v>
+        <v>48</v>
       </c>
       <c r="B697" s="0" t="s">
         <v>1170</v>
       </c>
       <c r="C697" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D697" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
         <v>1171</v>
       </c>
       <c r="B698" s="0" t="s">
         <v>1172</v>
       </c>
       <c r="C698" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D698" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
         <v>1173</v>
       </c>
       <c r="B699" s="0" t="s">
         <v>1174</v>
       </c>
       <c r="C699" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D699" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>972</v>
+        <v>1175</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="C700" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D700" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>1176</v>
+        <v>59</v>
       </c>
       <c r="B701" s="0" t="s">
         <v>1177</v>
       </c>
       <c r="C701" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D701" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
         <v>1178</v>
       </c>
       <c r="B702" s="0" t="s">
         <v>1179</v>
       </c>
       <c r="C702" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D702" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>48</v>
+        <v>1180</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C703" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D703" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C704" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D704" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>1183</v>
+        <v>103</v>
       </c>
       <c r="B705" s="0" t="s">
         <v>1184</v>
       </c>
       <c r="C705" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D705" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
         <v>1185</v>
       </c>
       <c r="B706" s="0" t="s">
         <v>1186</v>
       </c>
       <c r="C706" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D706" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B707" s="0" t="s">
         <v>1187</v>
       </c>
       <c r="C707" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D707" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B708" s="0" t="s">
         <v>1188</v>
-      </c>
-[...1 lines deleted...]
-        <v>1189</v>
       </c>
       <c r="C708" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D708" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>1190</v>
+        <v>59</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="C709" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D709" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>1192</v>
+        <v>59</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="C710" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D710" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="C711" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D711" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>1195</v>
+        <v>59</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>1196</v>
+        <v>1192</v>
       </c>
       <c r="C712" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D712" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>61</v>
+        <v>1193</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="C713" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D713" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>61</v>
+        <v>962</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="C714" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D714" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="C715" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D715" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>61</v>
+        <v>1197</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="C716" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D716" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>61</v>
+        <v>1199</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1201</v>
+        <v>1200</v>
       </c>
       <c r="C717" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D717" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>61</v>
+        <v>1201</v>
       </c>
       <c r="B718" s="0" t="s">
         <v>1202</v>
       </c>
       <c r="C718" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D718" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B719" s="0" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
       <c r="C719" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D719" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>972</v>
+        <v>1204</v>
       </c>
       <c r="B720" s="0" t="s">
         <v>1205</v>
       </c>
       <c r="C720" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D720" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B721" s="0" t="s">
         <v>1206</v>
       </c>
       <c r="C721" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D721" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B722" s="0" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1208</v>
       </c>
       <c r="C722" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D722" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>1209</v>
+        <v>59</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
       <c r="C723" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D723" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="C724" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D724" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="C725" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D725" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="C726" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D726" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>61</v>
+        <v>1214</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1216</v>
+        <v>1215</v>
       </c>
       <c r="C727" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D727" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>1217</v>
+        <v>1216</v>
       </c>
       <c r="C728" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D728" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1218</v>
+        <v>1217</v>
       </c>
       <c r="C729" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D729" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>1219</v>
+        <v>59</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="C730" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D730" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>105</v>
+        <v>1219</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1221</v>
+        <v>1220</v>
       </c>
       <c r="C731" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D731" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>1222</v>
+        <v>1089</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>1223</v>
+        <v>1221</v>
       </c>
       <c r="C732" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D732" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>1224</v>
+        <v>103</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="C733" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D733" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="C734" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D734" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="C735" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D735" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="C736" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D736" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="C737" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D737" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1099</v>
+        <v>103</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="C738" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D738" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="C739" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D739" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>61</v>
+        <v>1230</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="C740" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D740" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
       <c r="C741" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D741" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>61</v>
+        <v>1233</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>1235</v>
+        <v>1234</v>
       </c>
       <c r="C742" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D742" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>1236</v>
+        <v>103</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="C743" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D743" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
       <c r="C744" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D744" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>105</v>
+        <v>1237</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>1239</v>
+        <v>1238</v>
       </c>
       <c r="C745" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D745" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B746" s="0" t="s">
         <v>1240</v>
       </c>
-      <c r="B746" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C746" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D746" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>61</v>
+        <v>1241</v>
       </c>
       <c r="B747" s="0" t="s">
         <v>1242</v>
       </c>
       <c r="C747" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D747" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B748" s="0" t="s">
         <v>1243</v>
-      </c>
-[...1 lines deleted...]
-        <v>1244</v>
       </c>
       <c r="C748" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D748" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>105</v>
+        <v>1244</v>
       </c>
       <c r="B749" s="0" t="s">
         <v>1245</v>
       </c>
       <c r="C749" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D749" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>61</v>
+        <v>1246</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="C750" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D750" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>1247</v>
+        <v>155</v>
       </c>
       <c r="B751" s="0" t="s">
         <v>1248</v>
       </c>
       <c r="C751" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D751" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B752" s="0" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
       <c r="C752" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D752" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>1251</v>
+        <v>59</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>1252</v>
+        <v>1250</v>
       </c>
       <c r="C753" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D753" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>1253</v>
+        <v>1251</v>
       </c>
       <c r="C754" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D754" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>1254</v>
+        <v>1252</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>1255</v>
+        <v>1253</v>
       </c>
       <c r="C755" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D755" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>1256</v>
+        <v>150</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="C756" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D756" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>161</v>
+        <v>1129</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="C757" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D757" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>61</v>
+        <v>1256</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="C758" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D758" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>61</v>
+        <v>375</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
       <c r="C759" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D759" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>61</v>
+        <v>1259</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>1261</v>
+        <v>1260</v>
       </c>
       <c r="C760" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D760" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B761" s="0" t="s">
         <v>1262</v>
       </c>
-      <c r="B761" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C761" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D761" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>156</v>
+        <v>1263</v>
       </c>
       <c r="B762" s="0" t="s">
         <v>1264</v>
       </c>
       <c r="C762" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D762" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>1139</v>
+        <v>38</v>
       </c>
       <c r="B763" s="0" t="s">
         <v>1265</v>
       </c>
       <c r="C763" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D763" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
         <v>1266</v>
       </c>
       <c r="B764" s="0" t="s">
         <v>1267</v>
       </c>
       <c r="C764" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D764" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>196</v>
+        <v>1268</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C765" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D765" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>1269</v>
+        <v>59</v>
       </c>
       <c r="B766" s="0" t="s">
         <v>1270</v>
       </c>
       <c r="C766" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D766" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
+        <v>441</v>
+      </c>
+      <c r="B767" s="0" t="s">
         <v>1271</v>
       </c>
-      <c r="B767" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C767" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D767" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
+        <v>1272</v>
+      </c>
+      <c r="B768" s="0" t="s">
         <v>1273</v>
       </c>
-      <c r="B768" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C768" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D768" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>38</v>
+        <v>282</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>1275</v>
+        <v>1274</v>
       </c>
       <c r="C769" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D769" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B770" s="0" t="s">
         <v>1276</v>
-      </c>
-[...1 lines deleted...]
-        <v>1277</v>
       </c>
       <c r="C770" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D770" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B771" s="0" t="s">
         <v>1278</v>
-      </c>
-[...1 lines deleted...]
-        <v>1279</v>
       </c>
       <c r="C771" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D771" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>61</v>
+        <v>188</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>1280</v>
+        <v>1279</v>
       </c>
       <c r="C772" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D772" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>452</v>
+        <v>1280</v>
       </c>
       <c r="B773" s="0" t="s">
         <v>1281</v>
       </c>
       <c r="C773" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D773" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="B774" s="0" t="s">
         <v>1282</v>
       </c>
-      <c r="B774" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C774" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D774" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>292</v>
+        <v>1283</v>
       </c>
       <c r="B775" s="0" t="s">
         <v>1284</v>
       </c>
       <c r="C775" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D775" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
         <v>1285</v>
       </c>
       <c r="B776" s="0" t="s">
         <v>1286</v>
       </c>
       <c r="C776" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D776" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B777" s="0" t="s">
         <v>1287</v>
-      </c>
-[...1 lines deleted...]
-        <v>1288</v>
       </c>
       <c r="C777" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D777" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>198</v>
+        <v>1288</v>
       </c>
       <c r="B778" s="0" t="s">
         <v>1289</v>
       </c>
       <c r="C778" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D778" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B779" s="0" t="s">
         <v>1290</v>
       </c>
-      <c r="B779" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C779" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D779" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>531</v>
+        <v>48</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>1292</v>
+        <v>1291</v>
       </c>
       <c r="C780" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D780" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>1293</v>
+        <v>48</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="C781" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D781" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="C782" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D782" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>48</v>
+        <v>1295</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>1297</v>
+        <v>1296</v>
       </c>
       <c r="C783" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D783" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B784" s="0" t="s">
         <v>1298</v>
       </c>
-      <c r="B784" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C784" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D784" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B785" s="0" t="s">
         <v>1300</v>
       </c>
       <c r="C785" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D785" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>48</v>
+        <v>1301</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C786" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D786" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>48</v>
+        <v>1301</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C787" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D787" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="B788" s="0" t="s">
         <v>1304</v>
       </c>
       <c r="C788" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D788" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
         <v>1305</v>
       </c>
       <c r="B789" s="0" t="s">
         <v>1306</v>
       </c>
       <c r="C789" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D789" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
         <v>1307</v>
       </c>
       <c r="B790" s="0" t="s">
         <v>1308</v>
       </c>
       <c r="C790" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D790" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="B791" s="0" t="s">
         <v>1309</v>
       </c>
-      <c r="B791" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C791" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D791" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>1311</v>
+        <v>71</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="C792" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D792" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
         <v>1311</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>1313</v>
+        <v>1312</v>
       </c>
       <c r="C793" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D793" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="B794" s="0" t="s">
         <v>1314</v>
       </c>
       <c r="C794" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D794" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
         <v>1315</v>
       </c>
       <c r="B795" s="0" t="s">
         <v>1316</v>
       </c>
       <c r="C795" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D795" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
         <v>1317</v>
       </c>
       <c r="B796" s="0" t="s">
         <v>1318</v>
       </c>
       <c r="C796" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D796" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>73</v>
+        <v>1319</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C797" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D797" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>73</v>
+        <v>600</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C798" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D798" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>1321</v>
+        <v>600</v>
       </c>
       <c r="B799" s="0" t="s">
         <v>1322</v>
       </c>
       <c r="C799" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D799" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
         <v>1323</v>
       </c>
       <c r="B800" s="0" t="s">
         <v>1324</v>
       </c>
       <c r="C800" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D800" s="0" t="s">
         <v>11</v>
       </c>
     </row>
@@ -17971,8021 +18130,8427 @@
         <v>1328</v>
       </c>
       <c r="C802" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D802" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
         <v>1329</v>
       </c>
       <c r="B803" s="0" t="s">
         <v>1330</v>
       </c>
       <c r="C803" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D803" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>611</v>
+        <v>1331</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="C804" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D804" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>611</v>
+        <v>1333</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C805" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D805" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>1333</v>
+        <v>600</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C806" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D806" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C807" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D807" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C808" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D808" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C809" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D809" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>1341</v>
+        <v>33</v>
       </c>
       <c r="B810" s="0" t="s">
         <v>1342</v>
       </c>
       <c r="C810" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D810" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="B811" s="0" t="s">
         <v>1343</v>
-      </c>
-[...1 lines deleted...]
-        <v>1344</v>
       </c>
       <c r="C811" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D811" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>611</v>
+        <v>1344</v>
       </c>
       <c r="B812" s="0" t="s">
         <v>1345</v>
       </c>
       <c r="C812" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D812" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
         <v>1346</v>
       </c>
       <c r="B813" s="0" t="s">
         <v>1347</v>
       </c>
       <c r="C813" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D813" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
         <v>1348</v>
       </c>
       <c r="B814" s="0" t="s">
         <v>1349</v>
       </c>
       <c r="C814" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D814" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
         <v>1350</v>
       </c>
       <c r="B815" s="0" t="s">
         <v>1351</v>
       </c>
       <c r="C815" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D815" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>33</v>
+        <v>280</v>
       </c>
       <c r="B816" s="0" t="s">
         <v>1352</v>
       </c>
       <c r="C816" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D816" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>33</v>
+        <v>1353</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="C817" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D817" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>1354</v>
+        <v>478</v>
       </c>
       <c r="B818" s="0" t="s">
         <v>1355</v>
       </c>
       <c r="C818" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D818" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
         <v>1356</v>
       </c>
       <c r="B819" s="0" t="s">
         <v>1357</v>
       </c>
       <c r="C819" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D819" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
         <v>1358</v>
       </c>
       <c r="B820" s="0" t="s">
         <v>1359</v>
       </c>
       <c r="C820" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D820" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
         <v>1360</v>
       </c>
       <c r="B821" s="0" t="s">
         <v>1361</v>
       </c>
       <c r="C821" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D821" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>290</v>
+        <v>1362</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C822" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D822" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C823" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D823" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>489</v>
+        <v>1366</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="C824" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D824" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="C825" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D825" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="C826" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D826" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1370</v>
+        <v>16</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C827" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D827" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>1372</v>
+        <v>33</v>
       </c>
       <c r="B828" s="0" t="s">
         <v>1373</v>
       </c>
       <c r="C828" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D828" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
+        <v>1214</v>
+      </c>
+      <c r="B829" s="0" t="s">
         <v>1374</v>
       </c>
-      <c r="B829" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C829" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D829" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B830" s="0" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
       <c r="C830" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D830" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B831" s="0" t="s">
         <v>1378</v>
       </c>
-      <c r="B831" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C831" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D831" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B832" s="0" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
       <c r="C832" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D832" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>16</v>
+        <v>354</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>1382</v>
+        <v>1381</v>
       </c>
       <c r="C833" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D833" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>33</v>
+        <v>1382</v>
       </c>
       <c r="B834" s="0" t="s">
         <v>1383</v>
       </c>
       <c r="C834" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D834" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>1224</v>
+        <v>1384</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="C835" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D835" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C836" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D836" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="C837" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D837" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>1389</v>
+        <v>557</v>
       </c>
       <c r="B838" s="0" t="s">
         <v>1390</v>
       </c>
       <c r="C838" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D838" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>364</v>
+        <v>33</v>
       </c>
       <c r="B839" s="0" t="s">
         <v>1391</v>
       </c>
       <c r="C839" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D839" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
         <v>1392</v>
       </c>
       <c r="B840" s="0" t="s">
         <v>1393</v>
       </c>
       <c r="C840" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D840" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
         <v>1394</v>
       </c>
       <c r="B841" s="0" t="s">
         <v>1395</v>
       </c>
       <c r="C841" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D841" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
         <v>1396</v>
       </c>
       <c r="B842" s="0" t="s">
         <v>1397</v>
       </c>
       <c r="C842" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D842" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
+        <v>600</v>
+      </c>
+      <c r="B843" s="0" t="s">
         <v>1398</v>
       </c>
-      <c r="B843" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C843" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D843" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>568</v>
+        <v>1399</v>
       </c>
       <c r="B844" s="0" t="s">
         <v>1400</v>
       </c>
       <c r="C844" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D844" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>33</v>
+        <v>1401</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="C845" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D845" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="C846" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D846" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>1404</v>
+        <v>33</v>
       </c>
       <c r="B847" s="0" t="s">
         <v>1405</v>
       </c>
       <c r="C847" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D847" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
         <v>1406</v>
       </c>
       <c r="B848" s="0" t="s">
         <v>1407</v>
       </c>
       <c r="C848" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D848" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>611</v>
+        <v>33</v>
       </c>
       <c r="B849" s="0" t="s">
         <v>1408</v>
       </c>
       <c r="C849" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D849" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
+        <v>876</v>
+      </c>
+      <c r="B850" s="0" t="s">
         <v>1409</v>
-      </c>
-[...1 lines deleted...]
-        <v>1410</v>
       </c>
       <c r="C850" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D850" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
+        <v>1410</v>
+      </c>
+      <c r="B851" s="0" t="s">
         <v>1411</v>
-      </c>
-[...1 lines deleted...]
-        <v>1412</v>
       </c>
       <c r="C851" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D851" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B852" s="0" t="s">
         <v>1413</v>
       </c>
-      <c r="B852" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C852" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D852" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>33</v>
+        <v>1414</v>
       </c>
       <c r="B853" s="0" t="s">
         <v>1415</v>
       </c>
       <c r="C853" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D853" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B854" s="0" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D854" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>33</v>
+        <v>1417</v>
       </c>
       <c r="B855" s="0" t="s">
         <v>1418</v>
       </c>
       <c r="C855" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D855" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>886</v>
+        <v>9</v>
       </c>
       <c r="B856" s="0" t="s">
         <v>1419</v>
       </c>
       <c r="C856" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D856" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
         <v>1420</v>
       </c>
       <c r="B857" s="0" t="s">
         <v>1421</v>
       </c>
       <c r="C857" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D857" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
         <v>1422</v>
       </c>
       <c r="B858" s="0" t="s">
         <v>1423</v>
       </c>
       <c r="C858" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D858" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
         <v>1424</v>
       </c>
       <c r="B859" s="0" t="s">
         <v>1425</v>
       </c>
       <c r="C859" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D859" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>48</v>
+        <v>1426</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C860" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D860" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C861" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D861" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>9</v>
+        <v>1430</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="C862" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D862" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="C863" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D863" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="C864" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D864" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>1434</v>
+        <v>59</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="C865" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D865" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="C866" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D866" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C867" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D867" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>1440</v>
+        <v>59</v>
       </c>
       <c r="B868" s="0" t="s">
         <v>1441</v>
       </c>
       <c r="C868" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D868" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B869" s="0" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
       <c r="C869" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D869" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B870" s="0" t="s">
         <v>1444</v>
-      </c>
-[...1 lines deleted...]
-        <v>1445</v>
       </c>
       <c r="C870" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D870" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>61</v>
+        <v>1445</v>
       </c>
       <c r="B871" s="0" t="s">
         <v>1446</v>
       </c>
       <c r="C871" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D871" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
         <v>1447</v>
       </c>
       <c r="B872" s="0" t="s">
         <v>1448</v>
       </c>
       <c r="C872" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D872" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
         <v>1449</v>
       </c>
       <c r="B873" s="0" t="s">
         <v>1450</v>
       </c>
       <c r="C873" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D873" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>61</v>
+        <v>1451</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="C874" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D874" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>48</v>
+        <v>1453</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C875" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D875" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
       <c r="C876" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D876" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="C877" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D877" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>1457</v>
+        <v>810</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C878" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D878" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C879" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D879" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C880" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D880" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="C881" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D881" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C882" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D882" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="C883" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D883" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>820</v>
+        <v>224</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C884" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D884" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>1470</v>
+        <v>53</v>
       </c>
       <c r="B885" s="0" t="s">
         <v>1471</v>
       </c>
       <c r="C885" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D885" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
         <v>1472</v>
       </c>
       <c r="B886" s="0" t="s">
         <v>1473</v>
       </c>
       <c r="C886" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D886" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
         <v>1474</v>
       </c>
       <c r="B887" s="0" t="s">
         <v>1475</v>
       </c>
       <c r="C887" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D887" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
+        <v>323</v>
+      </c>
+      <c r="B888" s="0" t="s">
         <v>1476</v>
       </c>
-      <c r="B888" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C888" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D888" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B889" s="0" t="s">
         <v>1478</v>
       </c>
-      <c r="B889" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C889" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D889" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>234</v>
+        <v>1479</v>
       </c>
       <c r="B890" s="0" t="s">
         <v>1480</v>
       </c>
       <c r="C890" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D890" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>55</v>
+        <v>1481</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="C891" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D891" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C892" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D892" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>1484</v>
+        <v>59</v>
       </c>
       <c r="B893" s="0" t="s">
         <v>1485</v>
       </c>
       <c r="C893" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D893" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>333</v>
+        <v>1486</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C894" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D894" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C895" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D895" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C896" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D896" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>1491</v>
+        <v>1023</v>
       </c>
       <c r="B897" s="0" t="s">
         <v>1492</v>
       </c>
       <c r="C897" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D897" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B898" s="0" t="s">
         <v>1493</v>
       </c>
-      <c r="B898" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C898" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D898" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>61</v>
+        <v>1494</v>
       </c>
       <c r="B899" s="0" t="s">
         <v>1495</v>
       </c>
       <c r="C899" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D899" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
         <v>1496</v>
       </c>
       <c r="B900" s="0" t="s">
         <v>1497</v>
       </c>
       <c r="C900" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D900" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
         <v>1498</v>
       </c>
       <c r="B901" s="0" t="s">
         <v>1499</v>
       </c>
       <c r="C901" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D901" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B902" s="0" t="s">
         <v>1500</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
       <c r="C902" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D902" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>1033</v>
+        <v>159</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>1502</v>
+        <v>1501</v>
       </c>
       <c r="C903" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D903" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>1033</v>
+        <v>159</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>1503</v>
+        <v>1502</v>
       </c>
       <c r="C904" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D904" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>1504</v>
+        <v>53</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>1505</v>
+        <v>1503</v>
       </c>
       <c r="C905" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D905" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>1506</v>
+        <v>675</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>1507</v>
+        <v>1504</v>
       </c>
       <c r="C906" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D906" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>1508</v>
+        <v>1505</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
       <c r="C907" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D907" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>165</v>
+        <v>71</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="C908" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D908" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>165</v>
+        <v>1508</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>1511</v>
+        <v>1509</v>
       </c>
       <c r="C909" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D909" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>165</v>
+        <v>1510</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>1512</v>
+        <v>1511</v>
       </c>
       <c r="C910" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D910" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>55</v>
+        <v>287</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>1513</v>
+        <v>1512</v>
       </c>
       <c r="C911" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D911" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>685</v>
+        <v>330</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>1514</v>
+        <v>1513</v>
       </c>
       <c r="C912" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D912" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>1515</v>
+        <v>332</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>1516</v>
+        <v>1514</v>
       </c>
       <c r="C913" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D913" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>73</v>
+        <v>1515</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>1517</v>
+        <v>1516</v>
       </c>
       <c r="C914" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D914" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B915" s="0" t="s">
         <v>1518</v>
-      </c>
-[...1 lines deleted...]
-        <v>1519</v>
       </c>
       <c r="C915" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D915" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B916" s="0" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
       <c r="C916" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D916" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>297</v>
+        <v>1521</v>
       </c>
       <c r="B917" s="0" t="s">
         <v>1522</v>
       </c>
       <c r="C917" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D917" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>340</v>
+        <v>1523</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="C918" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D918" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>342</v>
+        <v>105</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="C919" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D919" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C920" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D920" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="C921" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D921" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="C922" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D922" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="C923" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D923" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
-        <v>1533</v>
+        <v>9</v>
       </c>
       <c r="B924" s="0" t="s">
         <v>1534</v>
       </c>
       <c r="C924" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D924" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
-        <v>107</v>
+        <v>1535</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C925" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D925" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="C926" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D926" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="C927" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D927" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
-        <v>1540</v>
+        <v>9</v>
       </c>
       <c r="B928" s="0" t="s">
         <v>1541</v>
       </c>
       <c r="C928" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D928" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B929" s="0" t="s">
         <v>1542</v>
-      </c>
-[...1 lines deleted...]
-        <v>1543</v>
       </c>
       <c r="C929" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D929" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>9</v>
+        <v>1543</v>
       </c>
       <c r="B930" s="0" t="s">
         <v>1544</v>
       </c>
       <c r="C930" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D930" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
         <v>1545</v>
       </c>
       <c r="B931" s="0" t="s">
         <v>1546</v>
       </c>
       <c r="C931" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D931" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
         <v>1547</v>
       </c>
       <c r="B932" s="0" t="s">
         <v>1548</v>
       </c>
       <c r="C932" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D932" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
         <v>1549</v>
       </c>
       <c r="B933" s="0" t="s">
         <v>1550</v>
       </c>
       <c r="C933" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D933" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>9</v>
+        <v>1551</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C934" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D934" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>9</v>
+        <v>1553</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="C935" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D935" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="C936" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D936" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="C937" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D937" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>1557</v>
+        <v>33</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="C938" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D938" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>1559</v>
+        <v>938</v>
       </c>
       <c r="B939" s="0" t="s">
         <v>1560</v>
       </c>
       <c r="C939" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D939" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B940" s="0" t="s">
         <v>1561</v>
       </c>
-      <c r="B940" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C940" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D940" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
+        <v>1562</v>
+      </c>
+      <c r="B941" s="0" t="s">
         <v>1563</v>
-      </c>
-[...1 lines deleted...]
-        <v>1564</v>
       </c>
       <c r="C941" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D941" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
+        <v>1564</v>
+      </c>
+      <c r="B942" s="0" t="s">
         <v>1565</v>
-      </c>
-[...1 lines deleted...]
-        <v>1566</v>
       </c>
       <c r="C942" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D942" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
+        <v>1566</v>
+      </c>
+      <c r="B943" s="0" t="s">
         <v>1567</v>
-      </c>
-[...1 lines deleted...]
-        <v>1568</v>
       </c>
       <c r="C943" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D943" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>33</v>
+        <v>1568</v>
       </c>
       <c r="B944" s="0" t="s">
         <v>1569</v>
       </c>
       <c r="C944" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D944" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>948</v>
+        <v>113</v>
       </c>
       <c r="B945" s="0" t="s">
         <v>1570</v>
       </c>
       <c r="C945" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D945" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>46</v>
+        <v>1571</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="C946" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D946" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="C947" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D947" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="C948" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D948" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>1576</v>
+        <v>437</v>
       </c>
       <c r="B949" s="0" t="s">
         <v>1577</v>
       </c>
       <c r="C949" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D949" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
         <v>1578</v>
       </c>
       <c r="B950" s="0" t="s">
         <v>1579</v>
       </c>
       <c r="C950" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D950" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>115</v>
+        <v>1580</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="C951" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D951" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="C952" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D952" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="C953" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D953" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="C954" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D954" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>448</v>
+        <v>1588</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="C955" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D955" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>1588</v>
+        <v>1590</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>1589</v>
+        <v>1591</v>
       </c>
       <c r="C956" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D956" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>1590</v>
+        <v>1592</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>1591</v>
+        <v>1593</v>
       </c>
       <c r="C957" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D957" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>1592</v>
+        <v>1594</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>1593</v>
+        <v>1595</v>
       </c>
       <c r="C958" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D958" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>1594</v>
+        <v>1596</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>1595</v>
+        <v>1597</v>
       </c>
       <c r="C959" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D959" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
-        <v>1596</v>
+        <v>1598</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>1597</v>
+        <v>1599</v>
       </c>
       <c r="C960" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D960" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>1599</v>
+        <v>1601</v>
       </c>
       <c r="C961" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D961" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
-        <v>1600</v>
+        <v>1602</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>1601</v>
+        <v>1603</v>
       </c>
       <c r="C962" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D962" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
-        <v>1602</v>
+        <v>1604</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>1603</v>
+        <v>1605</v>
       </c>
       <c r="C963" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D963" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="C964" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D964" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
-        <v>1606</v>
+        <v>33</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="C965" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D965" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="C966" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D966" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>1610</v>
+        <v>872</v>
       </c>
       <c r="B967" s="0" t="s">
         <v>1611</v>
       </c>
       <c r="C967" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D967" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
         <v>1612</v>
       </c>
       <c r="B968" s="0" t="s">
         <v>1613</v>
       </c>
       <c r="C968" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D968" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
         <v>1614</v>
       </c>
       <c r="B969" s="0" t="s">
         <v>1615</v>
       </c>
       <c r="C969" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D969" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
         <v>1616</v>
       </c>
       <c r="B970" s="0" t="s">
         <v>1617</v>
       </c>
       <c r="C970" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D970" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
-        <v>33</v>
+        <v>188</v>
       </c>
       <c r="B971" s="0" t="s">
         <v>1618</v>
       </c>
       <c r="C971" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D971" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B972" s="0" t="s">
         <v>1619</v>
       </c>
-      <c r="B972" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C972" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D972" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>882</v>
+        <v>610</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="C973" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D973" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B974" s="0" t="s">
         <v>1622</v>
       </c>
-      <c r="B974" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C974" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D974" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B975" s="0" t="s">
         <v>1624</v>
-      </c>
-[...1 lines deleted...]
-        <v>1625</v>
       </c>
       <c r="C975" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D975" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>1626</v>
+        <v>1214</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="C976" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D976" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>198</v>
+        <v>1214</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>1628</v>
+        <v>1626</v>
       </c>
       <c r="C977" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D977" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>1298</v>
+        <v>1627</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>1629</v>
+        <v>1628</v>
       </c>
       <c r="C978" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D978" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>620</v>
+        <v>1629</v>
       </c>
       <c r="B979" s="0" t="s">
         <v>1630</v>
       </c>
       <c r="C979" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D979" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
         <v>1631</v>
       </c>
       <c r="B980" s="0" t="s">
         <v>1632</v>
       </c>
       <c r="C980" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D980" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
         <v>1633</v>
       </c>
       <c r="B981" s="0" t="s">
         <v>1634</v>
       </c>
       <c r="C981" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D981" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>1224</v>
+        <v>53</v>
       </c>
       <c r="B982" s="0" t="s">
         <v>1635</v>
       </c>
       <c r="C982" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D982" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>1224</v>
+        <v>53</v>
       </c>
       <c r="B983" s="0" t="s">
         <v>1636</v>
       </c>
       <c r="C983" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D983" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="B984" s="0" t="s">
         <v>1637</v>
       </c>
-      <c r="B984" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C984" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D984" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B985" s="0" t="s">
         <v>1639</v>
       </c>
-      <c r="B985" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C985" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D985" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
+        <v>1640</v>
+      </c>
+      <c r="B986" s="0" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>1642</v>
       </c>
       <c r="C986" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D986" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B987" s="0" t="s">
         <v>1643</v>
       </c>
-      <c r="B987" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C987" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D987" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>55</v>
+        <v>1644</v>
       </c>
       <c r="B988" s="0" t="s">
         <v>1645</v>
       </c>
       <c r="C988" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D988" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>55</v>
+        <v>1646</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C989" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D989" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>55</v>
+        <v>633</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="C990" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D990" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>1648</v>
+        <v>87</v>
       </c>
       <c r="B991" s="0" t="s">
         <v>1649</v>
       </c>
       <c r="C991" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D991" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
         <v>1650</v>
       </c>
       <c r="B992" s="0" t="s">
         <v>1651</v>
       </c>
       <c r="C992" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D992" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
         <v>1652</v>
       </c>
       <c r="B993" s="0" t="s">
         <v>1653</v>
       </c>
       <c r="C993" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D993" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
         <v>1654</v>
       </c>
       <c r="B994" s="0" t="s">
         <v>1655</v>
       </c>
       <c r="C994" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D994" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B995" s="0" t="s">
         <v>1656</v>
       </c>
-      <c r="B995" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C995" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D995" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>643</v>
+        <v>33</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
       <c r="C996" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D996" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>89</v>
+        <v>1658</v>
       </c>
       <c r="B997" s="0" t="s">
         <v>1659</v>
       </c>
       <c r="C997" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D997" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
         <v>1660</v>
       </c>
       <c r="B998" s="0" t="s">
         <v>1661</v>
       </c>
       <c r="C998" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D998" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B999" s="0" t="s">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>1663</v>
       </c>
       <c r="C999" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D999" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>1664</v>
+        <v>135</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>1665</v>
+        <v>1663</v>
       </c>
       <c r="C1000" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1000" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>1666</v>
+        <v>1664</v>
       </c>
       <c r="C1001" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1001" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>33</v>
+        <v>1665</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>1667</v>
+        <v>1666</v>
       </c>
       <c r="C1002" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1002" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B1003" s="0" t="s">
         <v>1668</v>
-      </c>
-[...1 lines deleted...]
-        <v>1669</v>
       </c>
       <c r="C1003" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1003" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B1004" s="0" t="s">
         <v>1670</v>
       </c>
-      <c r="B1004" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1004" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1004" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>292</v>
+        <v>16</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>1672</v>
+        <v>1671</v>
       </c>
       <c r="C1005" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1005" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>141</v>
+        <v>1672</v>
       </c>
       <c r="B1006" s="0" t="s">
         <v>1673</v>
       </c>
       <c r="C1006" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1006" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>61</v>
+        <v>661</v>
       </c>
       <c r="B1007" s="0" t="s">
         <v>1674</v>
       </c>
       <c r="C1007" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1007" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B1008" s="0" t="s">
         <v>1675</v>
       </c>
-      <c r="B1008" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1008" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1008" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>1677</v>
+        <v>392</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>1678</v>
+        <v>1676</v>
       </c>
       <c r="C1009" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1009" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" s="0" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>1680</v>
+        <v>1678</v>
       </c>
       <c r="C1010" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1010" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" s="0" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>1681</v>
+        <v>1679</v>
       </c>
       <c r="C1011" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1011" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" s="0" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
       <c r="C1012" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1012" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" s="0" t="s">
-        <v>671</v>
+        <v>9</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>1684</v>
+        <v>1682</v>
       </c>
       <c r="C1013" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1013" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" s="0" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="C1014" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1014" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" s="0" t="s">
-        <v>403</v>
+        <v>38</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
       <c r="C1015" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1015" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" s="0" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="C1016" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1016" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" s="0" t="s">
-        <v>121</v>
+        <v>1687</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="C1017" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1017" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" s="0" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B1018" s="0" t="s">
         <v>1690</v>
-      </c>
-[...1 lines deleted...]
-        <v>1691</v>
       </c>
       <c r="C1018" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1018" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" s="0" t="s">
-        <v>9</v>
+        <v>1691</v>
       </c>
       <c r="B1019" s="0" t="s">
         <v>1692</v>
       </c>
       <c r="C1019" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1019" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" s="0" t="s">
-        <v>61</v>
+        <v>1693</v>
       </c>
       <c r="B1020" s="0" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="C1020" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1020" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" s="0" t="s">
-        <v>38</v>
+        <v>1695</v>
       </c>
       <c r="B1021" s="0" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="C1021" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1021" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" s="0" t="s">
-        <v>1695</v>
+        <v>787</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C1022" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1022" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" s="0" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="B1023" s="0" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="C1023" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1023" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" s="0" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="C1024" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1024" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" s="0" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="B1025" s="0" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C1025" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1025" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" s="0" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="C1026" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1026" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" s="0" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="C1027" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1027" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" s="0" t="s">
-        <v>797</v>
+        <v>282</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="C1028" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1028" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" s="0" t="s">
-        <v>1708</v>
+        <v>480</v>
       </c>
       <c r="B1029" s="0" t="s">
         <v>1709</v>
       </c>
       <c r="C1029" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1029" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" s="0" t="s">
+        <v>318</v>
+      </c>
+      <c r="B1030" s="0" t="s">
         <v>1710</v>
       </c>
-      <c r="B1030" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1030" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1030" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" s="0" t="s">
-        <v>1712</v>
+        <v>318</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="C1031" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1031" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" s="0" t="s">
-        <v>1714</v>
+        <v>1712</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="C1032" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1032" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" s="0" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>1717</v>
+        <v>1715</v>
       </c>
       <c r="C1033" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1033" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" s="0" t="s">
-        <v>292</v>
+        <v>48</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
       <c r="C1034" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1034" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" s="0" t="s">
-        <v>491</v>
+        <v>1717</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
       <c r="C1035" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1035" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" s="0" t="s">
-        <v>328</v>
+        <v>53</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
       <c r="C1036" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1036" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" s="0" t="s">
-        <v>328</v>
+        <v>1706</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
       <c r="C1037" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1037" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" s="0" t="s">
-        <v>1722</v>
+        <v>16</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>1723</v>
+        <v>1721</v>
       </c>
       <c r="C1038" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1038" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" s="0" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="C1039" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1039" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" s="0" t="s">
-        <v>48</v>
+        <v>1724</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
       <c r="C1040" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1040" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" s="0" t="s">
+        <v>1726</v>
+      </c>
+      <c r="B1041" s="0" t="s">
         <v>1727</v>
-      </c>
-[...1 lines deleted...]
-        <v>1728</v>
       </c>
       <c r="C1041" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1041" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" s="0" t="s">
-        <v>55</v>
+        <v>1728</v>
       </c>
       <c r="B1042" s="0" t="s">
         <v>1729</v>
       </c>
       <c r="C1042" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1042" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" s="0" t="s">
-        <v>1716</v>
+        <v>1730</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="C1043" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1043" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" s="0" t="s">
-        <v>16</v>
+        <v>1333</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="C1044" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1044" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" s="0" t="s">
-        <v>1732</v>
+        <v>1633</v>
       </c>
       <c r="B1045" s="0" t="s">
         <v>1733</v>
       </c>
       <c r="C1045" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1045" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" s="0" t="s">
         <v>1734</v>
       </c>
       <c r="B1046" s="0" t="s">
         <v>1735</v>
       </c>
       <c r="C1046" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1046" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" s="0" t="s">
         <v>1736</v>
       </c>
       <c r="B1047" s="0" t="s">
         <v>1737</v>
       </c>
       <c r="C1047" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1047" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B1048" s="0" t="s">
         <v>1738</v>
       </c>
-      <c r="B1048" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1048" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1048" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B1049" s="0" t="s">
         <v>1740</v>
-      </c>
-[...1 lines deleted...]
-        <v>1741</v>
       </c>
       <c r="C1049" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1049" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" s="0" t="s">
-        <v>1343</v>
+        <v>1741</v>
       </c>
       <c r="B1050" s="0" t="s">
         <v>1742</v>
       </c>
       <c r="C1050" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1050" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" s="0" t="s">
-        <v>1643</v>
+        <v>1743</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="C1051" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1051" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" s="0" t="s">
-        <v>1744</v>
+        <v>815</v>
       </c>
       <c r="B1052" s="0" t="s">
         <v>1745</v>
       </c>
       <c r="C1052" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1052" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" s="0" t="s">
+        <v>815</v>
+      </c>
+      <c r="B1053" s="0" t="s">
         <v>1746</v>
       </c>
-      <c r="B1053" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1053" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1053" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" s="0" t="s">
-        <v>165</v>
+        <v>1747</v>
       </c>
       <c r="B1054" s="0" t="s">
         <v>1748</v>
       </c>
       <c r="C1054" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1054" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" s="0" t="s">
         <v>1749</v>
       </c>
       <c r="B1055" s="0" t="s">
         <v>1750</v>
       </c>
       <c r="C1055" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1055" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" s="0" t="s">
         <v>1751</v>
       </c>
       <c r="B1056" s="0" t="s">
         <v>1752</v>
       </c>
       <c r="C1056" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1056" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" s="0" t="s">
         <v>1753</v>
       </c>
       <c r="B1057" s="0" t="s">
         <v>1754</v>
       </c>
       <c r="C1057" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1057" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" s="0" t="s">
-        <v>825</v>
+        <v>1755</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>1755</v>
+        <v>1756</v>
       </c>
       <c r="C1058" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1058" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" s="0" t="s">
-        <v>825</v>
+        <v>1757</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>1756</v>
+        <v>1758</v>
       </c>
       <c r="C1059" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1059" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" s="0" t="s">
-        <v>1757</v>
+        <v>1759</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>1758</v>
+        <v>1760</v>
       </c>
       <c r="C1060" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1060" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" s="0" t="s">
-        <v>1759</v>
+        <v>1761</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>1760</v>
+        <v>1762</v>
       </c>
       <c r="C1061" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1061" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" s="0" t="s">
-        <v>1761</v>
+        <v>1763</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>1762</v>
+        <v>1764</v>
       </c>
       <c r="C1062" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1062" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" s="0" t="s">
-        <v>1763</v>
+        <v>752</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="C1063" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1063" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" s="0" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="C1064" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1064" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" s="0" t="s">
-        <v>1767</v>
+        <v>282</v>
       </c>
       <c r="B1065" s="0" t="s">
         <v>1768</v>
       </c>
       <c r="C1065" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1065" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="B1066" s="0" t="s">
         <v>1769</v>
-      </c>
-[...1 lines deleted...]
-        <v>1770</v>
       </c>
       <c r="C1066" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1066" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" s="0" t="s">
-        <v>1771</v>
+        <v>553</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>1772</v>
+        <v>1770</v>
       </c>
       <c r="C1067" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1067" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" s="0" t="s">
-        <v>1773</v>
+        <v>1771</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>1774</v>
+        <v>1772</v>
       </c>
       <c r="C1068" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1068" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" s="0" t="s">
-        <v>762</v>
+        <v>1333</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
       <c r="C1069" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1069" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" s="0" t="s">
-        <v>1776</v>
+        <v>600</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>1777</v>
+        <v>1774</v>
       </c>
       <c r="C1070" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1070" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" s="0" t="s">
-        <v>292</v>
+        <v>103</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>1778</v>
+        <v>1775</v>
       </c>
       <c r="C1071" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1071" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" s="0" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>1779</v>
+        <v>1776</v>
       </c>
       <c r="C1072" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1072" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" s="0" t="s">
-        <v>564</v>
+        <v>103</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>1780</v>
+        <v>1777</v>
       </c>
       <c r="C1073" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1073" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" s="0" t="s">
-        <v>1781</v>
+        <v>103</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
       <c r="C1074" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1074" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" s="0" t="s">
-        <v>1343</v>
+        <v>103</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>1783</v>
+        <v>1779</v>
       </c>
       <c r="C1075" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1075" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" s="0" t="s">
-        <v>611</v>
+        <v>103</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>1784</v>
+        <v>1780</v>
       </c>
       <c r="C1076" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1076" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>1785</v>
+        <v>1781</v>
       </c>
       <c r="C1077" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1077" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>1786</v>
+        <v>1782</v>
       </c>
       <c r="C1078" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1078" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>1787</v>
+        <v>1783</v>
       </c>
       <c r="C1079" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1079" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>1788</v>
+        <v>1784</v>
       </c>
       <c r="C1080" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1080" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>1789</v>
+        <v>1785</v>
       </c>
       <c r="C1081" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1081" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>1790</v>
+        <v>1786</v>
       </c>
       <c r="C1082" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1082" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>1791</v>
+        <v>1787</v>
       </c>
       <c r="C1083" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1083" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>1792</v>
+        <v>1788</v>
       </c>
       <c r="C1084" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1084" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>1793</v>
+        <v>1789</v>
       </c>
       <c r="C1085" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1085" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>1794</v>
+        <v>1790</v>
       </c>
       <c r="C1086" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1086" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>1795</v>
+        <v>1791</v>
       </c>
       <c r="C1087" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1087" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>1796</v>
+        <v>1792</v>
       </c>
       <c r="C1088" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1088" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1089" s="0" t="s">
-        <v>1797</v>
+        <v>1793</v>
       </c>
       <c r="C1089" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1089" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>1798</v>
+        <v>1794</v>
       </c>
       <c r="C1090" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1090" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>1799</v>
+        <v>1795</v>
       </c>
       <c r="C1091" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1091" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>1800</v>
+        <v>1796</v>
       </c>
       <c r="C1092" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1092" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
       <c r="C1093" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1093" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>1802</v>
+        <v>1798</v>
       </c>
       <c r="C1094" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1094" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>1803</v>
+        <v>1799</v>
       </c>
       <c r="C1095" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1095" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>1804</v>
+        <v>1800</v>
       </c>
       <c r="C1096" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1096" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" s="0" t="s">
-        <v>105</v>
+        <v>600</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>1805</v>
+        <v>1801</v>
       </c>
       <c r="C1097" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1097" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" s="0" t="s">
-        <v>105</v>
+        <v>1802</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>1806</v>
+        <v>1803</v>
       </c>
       <c r="C1098" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1098" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>1807</v>
+        <v>1804</v>
       </c>
       <c r="C1099" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1099" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" s="0" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>1808</v>
+        <v>1805</v>
       </c>
       <c r="C1100" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1100" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" s="0" t="s">
-        <v>105</v>
+        <v>1301</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>1809</v>
+        <v>1806</v>
       </c>
       <c r="C1101" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1101" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" s="0" t="s">
-        <v>105</v>
+        <v>63</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>1810</v>
+        <v>1807</v>
       </c>
       <c r="C1102" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1102" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" s="0" t="s">
-        <v>611</v>
+        <v>9</v>
       </c>
       <c r="B1103" s="0" t="s">
-        <v>1811</v>
+        <v>1808</v>
       </c>
       <c r="C1103" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1103" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" s="0" t="s">
-        <v>1812</v>
+        <v>1809</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>1813</v>
+        <v>1810</v>
       </c>
       <c r="C1104" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1104" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" s="0" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>1814</v>
+        <v>1811</v>
       </c>
       <c r="C1105" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1105" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" s="0" t="s">
-        <v>105</v>
+        <v>1812</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>1815</v>
+        <v>1813</v>
       </c>
       <c r="C1106" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1106" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" s="0" t="s">
-        <v>1311</v>
+        <v>87</v>
       </c>
       <c r="B1107" s="0" t="s">
-        <v>1816</v>
+        <v>1814</v>
       </c>
       <c r="C1107" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1107" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" s="0" t="s">
-        <v>65</v>
+        <v>1815</v>
       </c>
       <c r="B1108" s="0" t="s">
-        <v>1817</v>
+        <v>1816</v>
       </c>
       <c r="C1108" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1108" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" s="0" t="s">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="B1109" s="0" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="C1109" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1109" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" s="0" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B1110" s="0" t="s">
         <v>1819</v>
-      </c>
-[...1 lines deleted...]
-        <v>1820</v>
       </c>
       <c r="C1110" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1110" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" s="0" t="s">
-        <v>61</v>
+        <v>1820</v>
       </c>
       <c r="B1111" s="0" t="s">
         <v>1821</v>
       </c>
       <c r="C1111" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1111" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" s="0" t="s">
         <v>1822</v>
       </c>
       <c r="B1112" s="0" t="s">
         <v>1823</v>
       </c>
       <c r="C1112" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1112" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" s="0" t="s">
-        <v>89</v>
+        <v>1824</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="C1113" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1113" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" s="0" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="C1114" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1114" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" s="0" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="C1115" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1115" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" s="0" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="C1116" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1116" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" s="0" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="C1117" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1117" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" s="0" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="C1118" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1118" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" s="0" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="C1119" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1119" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" s="0" t="s">
-        <v>1836</v>
+        <v>573</v>
       </c>
       <c r="B1120" s="0" t="s">
         <v>1837</v>
       </c>
       <c r="C1120" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1120" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" s="0" t="s">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="B1121" s="0" t="s">
         <v>1838</v>
       </c>
       <c r="C1121" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1121" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" s="0" t="s">
+        <v>426</v>
+      </c>
+      <c r="B1122" s="0" t="s">
         <v>1839</v>
-      </c>
-[...1 lines deleted...]
-        <v>1840</v>
       </c>
       <c r="C1122" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1122" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" s="0" t="s">
-        <v>1841</v>
+        <v>71</v>
       </c>
       <c r="B1123" s="0" t="s">
-        <v>1842</v>
+        <v>1840</v>
       </c>
       <c r="C1123" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1123" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" s="0" t="s">
-        <v>1843</v>
+        <v>48</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>1844</v>
+        <v>1841</v>
       </c>
       <c r="C1124" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1124" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" s="0" t="s">
-        <v>1845</v>
+        <v>1842</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>1846</v>
+        <v>1843</v>
       </c>
       <c r="C1125" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1125" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" s="0" t="s">
-        <v>584</v>
+        <v>1844</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>1847</v>
+        <v>1845</v>
       </c>
       <c r="C1126" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1126" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" s="0" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
       <c r="C1127" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1127" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" s="0" t="s">
-        <v>437</v>
+        <v>48</v>
       </c>
       <c r="B1128" s="0" t="s">
-        <v>1849</v>
+        <v>1847</v>
       </c>
       <c r="C1128" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1128" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" s="0" t="s">
-        <v>73</v>
+        <v>48</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
       <c r="C1129" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1129" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" s="0" t="s">
         <v>48</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
       <c r="C1130" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1130" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" s="0" t="s">
-        <v>1852</v>
+        <v>229</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>1853</v>
+        <v>1850</v>
       </c>
       <c r="C1131" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1131" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" s="0" t="s">
-        <v>1854</v>
+        <v>1851</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>1855</v>
+        <v>1852</v>
       </c>
       <c r="C1132" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1132" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" s="0" t="s">
-        <v>48</v>
+        <v>1853</v>
       </c>
       <c r="B1133" s="0" t="s">
-        <v>1856</v>
+        <v>1854</v>
       </c>
       <c r="C1133" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1133" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" s="0" t="s">
-        <v>48</v>
+        <v>1855</v>
       </c>
       <c r="B1134" s="0" t="s">
-        <v>1857</v>
+        <v>1856</v>
       </c>
       <c r="C1134" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1134" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" s="0" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B1135" s="0" t="s">
-        <v>1858</v>
+        <v>1857</v>
       </c>
       <c r="C1135" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1135" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" s="0" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B1136" s="0" t="s">
-        <v>1859</v>
+        <v>1858</v>
       </c>
       <c r="C1136" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1136" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" s="0" t="s">
-        <v>239</v>
+        <v>1859</v>
       </c>
       <c r="B1137" s="0" t="s">
         <v>1860</v>
       </c>
       <c r="C1137" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1137" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" s="0" t="s">
         <v>1861</v>
       </c>
       <c r="B1138" s="0" t="s">
         <v>1862</v>
       </c>
       <c r="C1138" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1138" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" s="0" t="s">
         <v>1863</v>
       </c>
       <c r="B1139" s="0" t="s">
         <v>1864</v>
       </c>
       <c r="C1139" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1139" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" s="0" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B1140" s="0" t="s">
         <v>1865</v>
-      </c>
-[...1 lines deleted...]
-        <v>1866</v>
       </c>
       <c r="C1140" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1140" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" s="0" t="s">
-        <v>61</v>
+        <v>1866</v>
       </c>
       <c r="B1141" s="0" t="s">
         <v>1867</v>
       </c>
       <c r="C1141" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1141" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" s="0" t="s">
-        <v>61</v>
+        <v>1053</v>
       </c>
       <c r="B1142" s="0" t="s">
         <v>1868</v>
       </c>
       <c r="C1142" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1142" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" s="0" t="s">
         <v>1869</v>
       </c>
       <c r="B1143" s="0" t="s">
         <v>1870</v>
       </c>
       <c r="C1143" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1143" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" s="0" t="s">
         <v>1871</v>
       </c>
       <c r="B1144" s="0" t="s">
         <v>1872</v>
       </c>
       <c r="C1144" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1144" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" s="0" t="s">
         <v>1873</v>
       </c>
       <c r="B1145" s="0" t="s">
         <v>1874</v>
       </c>
       <c r="C1145" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1145" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" s="0" t="s">
-        <v>1311</v>
+        <v>1875</v>
       </c>
       <c r="B1146" s="0" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="C1146" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1146" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" s="0" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="B1147" s="0" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="C1147" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1147" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" s="0" t="s">
-        <v>1063</v>
+        <v>638</v>
       </c>
       <c r="B1148" s="0" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="C1148" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1148" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" s="0" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="B1149" s="0" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="C1149" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1149" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" s="0" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="B1150" s="0" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="C1150" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1150" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" s="0" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="B1151" s="0" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="C1151" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1151" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="B1152" s="0" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="C1152" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1152" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="C1153" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1153" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="0" t="s">
-        <v>648</v>
+        <v>1890</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>1889</v>
+        <v>1891</v>
       </c>
       <c r="C1154" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1154" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="0" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="C1155" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1155" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="0" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
       <c r="B1156" s="0" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="C1156" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1156" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>1895</v>
+        <v>1897</v>
       </c>
       <c r="C1157" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1157" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
-        <v>1896</v>
+        <v>1898</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="C1158" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1158" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>1899</v>
+        <v>637</v>
       </c>
       <c r="C1159" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1159" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>1900</v>
+        <v>1892</v>
       </c>
       <c r="B1160" s="0" t="s">
         <v>1901</v>
       </c>
       <c r="C1160" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1160" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B1161" s="0" t="s">
         <v>1902</v>
-      </c>
-[...1 lines deleted...]
-        <v>1903</v>
       </c>
       <c r="C1161" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1161" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>1904</v>
+        <v>1894</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>1905</v>
+        <v>1903</v>
       </c>
       <c r="C1162" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1162" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>1906</v>
+        <v>282</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>1907</v>
+        <v>1904</v>
       </c>
       <c r="C1163" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1163" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>1908</v>
+        <v>1905</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>1909</v>
+        <v>622</v>
       </c>
       <c r="C1164" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1164" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>1910</v>
+        <v>1906</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>1911</v>
+        <v>1907</v>
       </c>
       <c r="C1165" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1165" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>647</v>
+        <v>1909</v>
       </c>
       <c r="C1166" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1166" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>1904</v>
+        <v>12</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>1913</v>
+        <v>1910</v>
       </c>
       <c r="C1167" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1167" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>1908</v>
+        <v>1911</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>1914</v>
+        <v>1912</v>
       </c>
       <c r="C1168" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1168" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>1906</v>
+        <v>1913</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>1915</v>
+        <v>1914</v>
       </c>
       <c r="C1169" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1169" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>292</v>
+        <v>1915</v>
       </c>
       <c r="B1170" s="0" t="s">
         <v>1916</v>
       </c>
       <c r="C1170" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1170" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
         <v>1917</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>632</v>
+        <v>1918</v>
       </c>
       <c r="C1171" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1171" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>1918</v>
+        <v>690</v>
       </c>
       <c r="B1172" s="0" t="s">
         <v>1919</v>
       </c>
       <c r="C1172" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1172" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="B1173" s="0" t="s">
         <v>1920</v>
       </c>
-      <c r="B1173" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1173" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1173" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>12</v>
+        <v>690</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>1922</v>
+        <v>1921</v>
       </c>
       <c r="C1174" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1174" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>1923</v>
+        <v>690</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>1924</v>
+        <v>1922</v>
       </c>
       <c r="C1175" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1175" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
-        <v>1925</v>
+        <v>690</v>
       </c>
       <c r="B1176" s="0" t="s">
-        <v>1926</v>
+        <v>1923</v>
       </c>
       <c r="C1176" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1176" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
-        <v>1927</v>
+        <v>690</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>1928</v>
+        <v>1924</v>
       </c>
       <c r="C1177" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1177" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
-        <v>1929</v>
+        <v>690</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>1930</v>
+        <v>1925</v>
       </c>
       <c r="C1178" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1178" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>1931</v>
+        <v>1926</v>
       </c>
       <c r="C1179" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1179" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>1932</v>
+        <v>1927</v>
       </c>
       <c r="C1180" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1180" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>1933</v>
+        <v>1928</v>
       </c>
       <c r="C1181" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1181" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>1934</v>
+        <v>1929</v>
       </c>
       <c r="C1182" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1182" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>1935</v>
+        <v>1930</v>
       </c>
       <c r="C1183" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1183" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>1936</v>
+        <v>1931</v>
       </c>
       <c r="C1184" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1184" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>1937</v>
+        <v>1932</v>
       </c>
       <c r="C1185" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1185" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="0" t="s">
-        <v>700</v>
+        <v>1933</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>1938</v>
+        <v>1934</v>
       </c>
       <c r="C1186" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1186" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="0" t="s">
-        <v>700</v>
+        <v>1935</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="C1187" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1187" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="0" t="s">
-        <v>700</v>
+        <v>1937</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>1940</v>
+        <v>509</v>
       </c>
       <c r="C1188" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1188" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="0" t="s">
-        <v>700</v>
+        <v>119</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>1941</v>
+        <v>1731</v>
       </c>
       <c r="C1189" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1189" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="0" t="s">
-        <v>700</v>
+        <v>1938</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>1942</v>
+        <v>1939</v>
       </c>
       <c r="C1190" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1190" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="0" t="s">
-        <v>700</v>
+        <v>1938</v>
       </c>
       <c r="B1191" s="0" t="s">
-        <v>1943</v>
+        <v>1940</v>
       </c>
       <c r="C1191" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1191" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="0" t="s">
-        <v>700</v>
+        <v>1938</v>
       </c>
       <c r="B1192" s="0" t="s">
-        <v>1944</v>
+        <v>1941</v>
       </c>
       <c r="C1192" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1192" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="0" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="B1193" s="0" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
       <c r="C1193" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1193" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="0" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="B1194" s="0" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
       <c r="C1194" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1194" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="0" t="s">
-        <v>1949</v>
+        <v>1937</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>520</v>
+        <v>1946</v>
       </c>
       <c r="C1195" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1195" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="0" t="s">
-        <v>121</v>
+        <v>1947</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>1741</v>
+        <v>1948</v>
       </c>
       <c r="C1196" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1196" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B1197" s="0" t="s">
         <v>1950</v>
       </c>
-      <c r="B1197" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1197" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1197" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="B1198" s="0" t="s">
         <v>1952</v>
       </c>
       <c r="C1198" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1198" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="C1199" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1199" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="C1200" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1200" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="C1201" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1201" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
-        <v>1949</v>
+        <v>1959</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>1958</v>
+        <v>1960</v>
       </c>
       <c r="C1202" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1202" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="C1203" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1203" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="C1204" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1204" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
-        <v>1963</v>
+        <v>1965</v>
       </c>
       <c r="B1205" s="0" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="C1205" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1205" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
-        <v>1965</v>
+        <v>1288</v>
       </c>
       <c r="B1206" s="0" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C1206" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1206" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="B1207" s="0" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="C1207" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1207" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C1208" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1208" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="0" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="B1209" s="0" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="C1209" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1209" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="0" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="B1210" s="0" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="C1210" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1210" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="0" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="B1211" s="0" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="C1211" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1211" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="0" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="B1212" s="0" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="C1212" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1212" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="0" t="s">
-        <v>1298</v>
+        <v>1980</v>
       </c>
       <c r="B1213" s="0" t="s">
-        <v>1979</v>
+        <v>1981</v>
       </c>
       <c r="C1213" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1213" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="0" t="s">
-        <v>1980</v>
+        <v>282</v>
       </c>
       <c r="B1214" s="0" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C1214" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1214" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="0" t="s">
-        <v>1982</v>
+        <v>282</v>
       </c>
       <c r="B1215" s="0" t="s">
         <v>1983</v>
       </c>
       <c r="C1215" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1215" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B1216" s="0" t="s">
         <v>1984</v>
       </c>
-      <c r="B1216" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1216" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1216" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="0" t="s">
-        <v>1986</v>
+        <v>282</v>
       </c>
       <c r="B1217" s="0" t="s">
-        <v>1987</v>
+        <v>1985</v>
       </c>
       <c r="C1217" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1217" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="0" t="s">
-        <v>1988</v>
+        <v>282</v>
       </c>
       <c r="B1218" s="0" t="s">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="C1218" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1218" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="0" t="s">
-        <v>1990</v>
+        <v>1987</v>
       </c>
       <c r="B1219" s="0" t="s">
-        <v>1991</v>
+        <v>1988</v>
       </c>
       <c r="C1219" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1219" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
-        <v>1992</v>
+        <v>690</v>
       </c>
       <c r="B1220" s="0" t="s">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="C1220" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1220" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
-        <v>292</v>
+        <v>690</v>
       </c>
       <c r="B1221" s="0" t="s">
-        <v>1994</v>
+        <v>1990</v>
       </c>
       <c r="C1221" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1221" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
-        <v>292</v>
+        <v>690</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>1995</v>
+        <v>1991</v>
       </c>
       <c r="C1222" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1222" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>292</v>
+        <v>690</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>1996</v>
+        <v>1992</v>
       </c>
       <c r="C1223" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1223" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>292</v>
+        <v>690</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="C1224" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1224" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>292</v>
+        <v>690</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="C1225" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1225" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>1999</v>
+        <v>690</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="C1226" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1226" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1227" s="0" t="s">
-        <v>2001</v>
+        <v>1996</v>
       </c>
       <c r="C1227" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1227" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1228" s="0" t="s">
-        <v>2002</v>
+        <v>1997</v>
       </c>
       <c r="C1228" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1228" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1229" s="0" t="s">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="C1229" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1229" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>2004</v>
+        <v>1999</v>
       </c>
       <c r="C1230" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1230" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>2005</v>
+        <v>2000</v>
       </c>
       <c r="C1231" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1231" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>2006</v>
+        <v>2001</v>
       </c>
       <c r="C1232" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1232" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="C1233" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1233" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="C1234" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1234" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1235" s="0" t="s">
-        <v>2009</v>
+        <v>2004</v>
       </c>
       <c r="C1235" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1235" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1236" s="0" t="s">
-        <v>2010</v>
+        <v>2005</v>
       </c>
       <c r="C1236" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1236" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1237" s="0" t="s">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="C1237" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1237" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>2012</v>
+        <v>2007</v>
       </c>
       <c r="C1238" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1238" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>2013</v>
+        <v>2008</v>
       </c>
       <c r="C1239" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1239" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>2014</v>
+        <v>2009</v>
       </c>
       <c r="C1240" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1240" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="C1241" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1241" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="0" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>2016</v>
+        <v>2011</v>
       </c>
       <c r="C1242" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1242" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="0" t="s">
-        <v>700</v>
+        <v>2012</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="C1243" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1243" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="0" t="s">
-        <v>700</v>
+        <v>2014</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="C1244" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1244" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="0" t="s">
-        <v>700</v>
+        <v>2016</v>
       </c>
       <c r="B1245" s="0" t="s">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="C1245" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1245" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="0" t="s">
-        <v>700</v>
+        <v>2018</v>
       </c>
       <c r="B1246" s="0" t="s">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="C1246" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1246" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="0" t="s">
-        <v>700</v>
+        <v>2020</v>
       </c>
       <c r="B1247" s="0" t="s">
         <v>2021</v>
       </c>
       <c r="C1247" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1247" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="0" t="s">
-        <v>700</v>
+        <v>2022</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C1248" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1248" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="0" t="s">
-        <v>700</v>
+        <v>2024</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="C1249" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1249" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="0" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="C1250" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1250" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="0" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="C1251" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1251" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="0" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="B1252" s="0" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="C1252" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1252" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="0" t="s">
-        <v>2030</v>
+        <v>690</v>
       </c>
       <c r="B1253" s="0" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="C1253" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1253" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="0" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="B1254" s="0" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="C1254" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1254" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="0" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="B1255" s="0" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="C1255" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1255" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="0" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="B1256" s="0" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="C1256" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1256" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="0" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="B1257" s="0" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="C1257" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1257" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="0" t="s">
-        <v>2040</v>
+        <v>2039</v>
       </c>
       <c r="B1258" s="0" t="s">
         <v>2041</v>
       </c>
       <c r="C1258" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1258" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="0" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B1259" s="0" t="s">
         <v>2042</v>
-      </c>
-[...1 lines deleted...]
-        <v>2043</v>
       </c>
       <c r="C1259" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1259" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="0" t="s">
-        <v>700</v>
+        <v>2043</v>
       </c>
       <c r="B1260" s="0" t="s">
         <v>2044</v>
       </c>
       <c r="C1260" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1260" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B1261" s="0" t="s">
         <v>2045</v>
       </c>
-      <c r="B1261" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1261" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1261" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="0" t="s">
+        <v>2046</v>
+      </c>
+      <c r="B1262" s="0" t="s">
         <v>2047</v>
-      </c>
-[...1 lines deleted...]
-        <v>2048</v>
       </c>
       <c r="C1262" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1262" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
+        <v>2048</v>
+      </c>
+      <c r="B1263" s="0" t="s">
         <v>2049</v>
       </c>
-      <c r="B1263" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1263" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1263" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B1264" s="0" t="s">
         <v>2051</v>
-      </c>
-[...1 lines deleted...]
-        <v>2052</v>
       </c>
       <c r="C1264" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1264" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="0" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="B1265" s="0" t="s">
         <v>2053</v>
       </c>
       <c r="C1265" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1265" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="0" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="B1266" s="0" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="C1266" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1266" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="0" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="C1267" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1267" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="0" t="s">
-        <v>12</v>
+        <v>135</v>
       </c>
       <c r="B1268" s="0" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="C1268" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1268" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="0" t="s">
-        <v>2058</v>
+        <v>135</v>
       </c>
       <c r="B1269" s="0" t="s">
         <v>2059</v>
       </c>
       <c r="C1269" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1269" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="0" t="s">
         <v>2060</v>
       </c>
       <c r="B1270" s="0" t="s">
         <v>2061</v>
       </c>
       <c r="C1270" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1270" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="0" t="s">
         <v>2062</v>
       </c>
       <c r="B1271" s="0" t="s">
         <v>2063</v>
       </c>
       <c r="C1271" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1271" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="B1272" s="0" t="s">
         <v>2064</v>
       </c>
-      <c r="B1272" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1272" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1272" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="0" t="s">
-        <v>2066</v>
+        <v>478</v>
       </c>
       <c r="B1273" s="0" t="s">
-        <v>2067</v>
+        <v>2065</v>
       </c>
       <c r="C1273" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1273" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="0" t="s">
-        <v>2068</v>
+        <v>16</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>2069</v>
+        <v>2066</v>
       </c>
       <c r="C1274" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1274" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="0" t="s">
-        <v>141</v>
+        <v>2067</v>
       </c>
       <c r="B1275" s="0" t="s">
-        <v>2070</v>
+        <v>2068</v>
       </c>
       <c r="C1275" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1275" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="0" t="s">
-        <v>141</v>
+        <v>2069</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>2071</v>
+        <v>2070</v>
       </c>
       <c r="C1276" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1276" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B1277" s="0" t="s">
         <v>2072</v>
-      </c>
-[...1 lines deleted...]
-        <v>2073</v>
       </c>
       <c r="C1277" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1277" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B1278" s="0" t="s">
         <v>2074</v>
-      </c>
-[...1 lines deleted...]
-        <v>2075</v>
       </c>
       <c r="C1278" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1278" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
-        <v>292</v>
+        <v>2075</v>
       </c>
       <c r="B1279" s="0" t="s">
         <v>2076</v>
       </c>
       <c r="C1279" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1279" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
-        <v>489</v>
+        <v>7</v>
       </c>
       <c r="B1280" s="0" t="s">
         <v>2077</v>
       </c>
       <c r="C1280" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1280" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
-        <v>16</v>
+        <v>2078</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="C1281" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1281" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="B1282" s="0" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="C1282" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1282" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="0" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="C1283" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1283" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="0" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="C1284" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1284" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="0" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="B1285" s="0" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="C1285" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1285" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="0" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="B1286" s="0" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="C1286" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1286" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="0" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="B1287" s="0" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="C1287" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1287" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="0" t="s">
-        <v>7</v>
+        <v>426</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="C1288" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1288" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="0" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="C1289" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1289" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="0" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="C1290" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1290" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="0" t="s">
-        <v>2096</v>
+        <v>2095</v>
       </c>
       <c r="B1291" s="0" t="s">
         <v>2097</v>
       </c>
       <c r="C1291" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1291" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="0" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B1292" s="0" t="s">
         <v>2098</v>
       </c>
-      <c r="B1292" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1292" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1292" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="0" t="s">
-        <v>2100</v>
+        <v>2095</v>
       </c>
       <c r="B1293" s="0" t="s">
-        <v>2101</v>
+        <v>2099</v>
       </c>
       <c r="C1293" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1293" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="0" t="s">
-        <v>2102</v>
+        <v>2095</v>
       </c>
       <c r="B1294" s="0" t="s">
-        <v>2103</v>
+        <v>2100</v>
       </c>
       <c r="C1294" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1294" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="0" t="s">
-        <v>2104</v>
+        <v>2101</v>
       </c>
       <c r="B1295" s="0" t="s">
-        <v>2105</v>
+        <v>2102</v>
       </c>
       <c r="C1295" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1295" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="0" t="s">
-        <v>437</v>
+        <v>2103</v>
       </c>
       <c r="B1296" s="0" t="s">
-        <v>2106</v>
+        <v>2104</v>
       </c>
       <c r="C1296" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1296" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="0" t="s">
-        <v>2107</v>
+        <v>2105</v>
       </c>
       <c r="B1297" s="0" t="s">
-        <v>2108</v>
+        <v>2106</v>
       </c>
       <c r="C1297" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1297" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
-        <v>2109</v>
+        <v>53</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>2110</v>
+        <v>2107</v>
       </c>
       <c r="C1298" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1298" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
-        <v>2109</v>
+        <v>53</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>2111</v>
+        <v>2108</v>
       </c>
       <c r="C1299" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1299" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
+        <v>772</v>
+      </c>
+      <c r="B1300" s="0" t="s">
         <v>2109</v>
-      </c>
-[...1 lines deleted...]
-        <v>2112</v>
       </c>
       <c r="C1300" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1300" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
-        <v>2109</v>
+        <v>690</v>
       </c>
       <c r="B1301" s="0" t="s">
-        <v>2113</v>
+        <v>2110</v>
       </c>
       <c r="C1301" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1301" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
-        <v>2109</v>
+        <v>690</v>
       </c>
       <c r="B1302" s="0" t="s">
-        <v>2114</v>
+        <v>2111</v>
       </c>
       <c r="C1302" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1302" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
-        <v>2115</v>
+        <v>2112</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>2116</v>
+        <v>2113</v>
       </c>
       <c r="C1303" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1303" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
-        <v>2117</v>
+        <v>520</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>2118</v>
+        <v>2114</v>
       </c>
       <c r="C1304" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1304" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
-        <v>2119</v>
+        <v>520</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>2120</v>
+        <v>2115</v>
       </c>
       <c r="C1305" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1305" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
-        <v>55</v>
+        <v>482</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>2121</v>
+        <v>2116</v>
       </c>
       <c r="C1306" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1306" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>55</v>
+        <v>2117</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>2122</v>
+        <v>2118</v>
       </c>
       <c r="C1307" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1307" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>782</v>
+        <v>2117</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>2123</v>
+        <v>2119</v>
       </c>
       <c r="C1308" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1308" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
-        <v>700</v>
+        <v>113</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>2124</v>
+        <v>2120</v>
       </c>
       <c r="C1309" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1309" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
-        <v>700</v>
+        <v>2121</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>2125</v>
+        <v>2122</v>
       </c>
       <c r="C1310" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1310" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
-        <v>2126</v>
+        <v>2123</v>
       </c>
       <c r="B1311" s="0" t="s">
-        <v>2127</v>
+        <v>2124</v>
       </c>
       <c r="C1311" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1311" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
-        <v>2128</v>
+        <v>2125</v>
       </c>
       <c r="B1312" s="0" t="s">
-        <v>2129</v>
+        <v>2126</v>
       </c>
       <c r="C1312" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1312" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
-        <v>531</v>
+        <v>59</v>
       </c>
       <c r="B1313" s="0" t="s">
-        <v>2130</v>
+        <v>2127</v>
       </c>
       <c r="C1313" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1313" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="0" t="s">
-        <v>531</v>
+        <v>59</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>2131</v>
+        <v>2128</v>
       </c>
       <c r="C1314" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1314" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="0" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>2132</v>
+        <v>2129</v>
       </c>
       <c r="C1315" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1315" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" s="0" t="s">
-        <v>2133</v>
+        <v>482</v>
       </c>
       <c r="B1316" s="0" t="s">
-        <v>2134</v>
+        <v>2130</v>
       </c>
       <c r="C1316" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1316" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" s="0" t="s">
-        <v>2133</v>
+        <v>482</v>
       </c>
       <c r="B1317" s="0" t="s">
-        <v>2135</v>
+        <v>2131</v>
       </c>
       <c r="C1317" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1317" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" s="0" t="s">
-        <v>115</v>
+        <v>482</v>
       </c>
       <c r="B1318" s="0" t="s">
-        <v>2136</v>
+        <v>2132</v>
       </c>
       <c r="C1318" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1318" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" s="0" t="s">
-        <v>2137</v>
+        <v>482</v>
       </c>
       <c r="B1319" s="0" t="s">
-        <v>2138</v>
+        <v>2133</v>
       </c>
       <c r="C1319" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1319" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" s="0" t="s">
-        <v>2139</v>
+        <v>482</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>2140</v>
+        <v>2134</v>
       </c>
       <c r="C1320" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1320" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" s="0" t="s">
-        <v>2141</v>
+        <v>482</v>
       </c>
       <c r="B1321" s="0" t="s">
-        <v>2142</v>
+        <v>2135</v>
       </c>
       <c r="C1321" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1321" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" s="0" t="s">
-        <v>61</v>
+        <v>2136</v>
       </c>
       <c r="B1322" s="0" t="s">
-        <v>2143</v>
+        <v>2137</v>
       </c>
       <c r="C1322" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1322" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" s="0" t="s">
-        <v>61</v>
+        <v>184</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>2144</v>
+        <v>2138</v>
       </c>
       <c r="C1323" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1323" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" s="0" t="s">
-        <v>493</v>
+        <v>2139</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>2145</v>
+        <v>2140</v>
       </c>
       <c r="C1324" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1324" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" s="0" t="s">
-        <v>493</v>
+        <v>282</v>
       </c>
       <c r="B1325" s="0" t="s">
-        <v>2146</v>
+        <v>2141</v>
       </c>
       <c r="C1325" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1325" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" s="0" t="s">
-        <v>493</v>
+        <v>2142</v>
       </c>
       <c r="B1326" s="0" t="s">
-        <v>2147</v>
+        <v>2143</v>
       </c>
       <c r="C1326" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1326" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" s="0" t="s">
-        <v>493</v>
+        <v>2144</v>
       </c>
       <c r="B1327" s="0" t="s">
-        <v>2148</v>
+        <v>2145</v>
       </c>
       <c r="C1327" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1327" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" s="0" t="s">
-        <v>493</v>
+        <v>2146</v>
       </c>
       <c r="B1328" s="0" t="s">
-        <v>2149</v>
+        <v>2147</v>
       </c>
       <c r="C1328" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1328" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" s="0" t="s">
-        <v>493</v>
+        <v>2148</v>
       </c>
       <c r="B1329" s="0" t="s">
-        <v>2150</v>
+        <v>2149</v>
       </c>
       <c r="C1329" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1329" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" s="0" t="s">
-        <v>493</v>
+        <v>2150</v>
       </c>
       <c r="B1330" s="0" t="s">
         <v>2151</v>
       </c>
       <c r="C1330" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1330" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" s="0" t="s">
         <v>2152</v>
       </c>
       <c r="B1331" s="0" t="s">
         <v>2153</v>
       </c>
       <c r="C1331" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1331" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" s="0" t="s">
-        <v>192</v>
+        <v>2154</v>
       </c>
       <c r="B1332" s="0" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="C1332" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1332" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" s="0" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="B1333" s="0" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="C1333" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1333" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" s="0" t="s">
-        <v>292</v>
+        <v>2158</v>
       </c>
       <c r="B1334" s="0" t="s">
-        <v>2157</v>
+        <v>2159</v>
       </c>
       <c r="C1334" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1334" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" s="0" t="s">
-        <v>2158</v>
+        <v>2160</v>
       </c>
       <c r="B1335" s="0" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="C1335" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1335" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" s="0" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="B1336" s="0" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="C1336" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1336" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" s="0" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="B1337" s="0" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="C1337" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1337" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" s="0" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="B1338" s="0" t="s">
-        <v>2165</v>
+        <v>2167</v>
       </c>
       <c r="C1338" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1338" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" s="0" t="s">
         <v>2166</v>
       </c>
       <c r="B1339" s="0" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="C1339" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1339" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" s="0" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="B1340" s="0" t="s">
-        <v>2169</v>
+        <v>757</v>
       </c>
       <c r="C1340" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1340" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B1341" s="0" t="s">
         <v>2170</v>
       </c>
-      <c r="B1341" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1341" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1341" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" s="0" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B1342" s="0" t="s">
         <v>2172</v>
-      </c>
-[...1 lines deleted...]
-        <v>2173</v>
       </c>
       <c r="C1342" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1342" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" s="0" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B1343" s="0" t="s">
         <v>2174</v>
-      </c>
-[...1 lines deleted...]
-        <v>2175</v>
       </c>
       <c r="C1343" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1343" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" s="0" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B1344" s="0" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
       <c r="C1344" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1344" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" s="0" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B1345" s="0" t="s">
         <v>2178</v>
-      </c>
-[...1 lines deleted...]
-        <v>2179</v>
       </c>
       <c r="C1345" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1345" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" s="0" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B1346" s="0" t="s">
         <v>2180</v>
-      </c>
-[...1 lines deleted...]
-        <v>2181</v>
       </c>
       <c r="C1346" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1346" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" s="0" t="s">
+        <v>2181</v>
+      </c>
+      <c r="B1347" s="0" t="s">
         <v>2182</v>
       </c>
-      <c r="B1347" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1347" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1347" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" s="0" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B1348" s="0" t="s">
         <v>2184</v>
-      </c>
-[...1 lines deleted...]
-        <v>2185</v>
       </c>
       <c r="C1348" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1348" s="0" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" s="0" t="s">
-        <v>2184</v>
+        <v>71</v>
       </c>
       <c r="B1349" s="0" t="s">
-        <v>2186</v>
+        <v>2185</v>
       </c>
       <c r="C1349" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1349" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" s="0" t="s">
-        <v>2187</v>
+        <v>71</v>
       </c>
       <c r="B1350" s="0" t="s">
-        <v>767</v>
+        <v>2186</v>
       </c>
       <c r="C1350" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1350" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" s="0" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="B1351" s="0" t="s">
-        <v>2188</v>
+        <v>2187</v>
       </c>
       <c r="C1351" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1351" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" s="0" t="s">
-        <v>2189</v>
+        <v>71</v>
       </c>
       <c r="B1352" s="0" t="s">
-        <v>2190</v>
+        <v>2188</v>
       </c>
       <c r="C1352" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1352" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" s="0" t="s">
-        <v>2191</v>
+        <v>71</v>
       </c>
       <c r="B1353" s="0" t="s">
-        <v>2192</v>
+        <v>2189</v>
       </c>
       <c r="C1353" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1353" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" s="0" t="s">
-        <v>2193</v>
+        <v>71</v>
       </c>
       <c r="B1354" s="0" t="s">
-        <v>2194</v>
+        <v>2190</v>
       </c>
       <c r="C1354" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1354" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" s="0" t="s">
-        <v>2195</v>
+        <v>71</v>
       </c>
       <c r="B1355" s="0" t="s">
-        <v>2196</v>
+        <v>2191</v>
       </c>
       <c r="C1355" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1355" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" s="0" t="s">
-        <v>2197</v>
+        <v>71</v>
       </c>
       <c r="B1356" s="0" t="s">
-        <v>2198</v>
+        <v>2192</v>
       </c>
       <c r="C1356" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1356" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" s="0" t="s">
-        <v>2199</v>
+        <v>71</v>
       </c>
       <c r="B1357" s="0" t="s">
-        <v>2200</v>
+        <v>2193</v>
       </c>
       <c r="C1357" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1357" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" s="0" t="s">
-        <v>2201</v>
+        <v>71</v>
       </c>
       <c r="B1358" s="0" t="s">
-        <v>2202</v>
+        <v>2194</v>
       </c>
       <c r="C1358" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1358" s="0" t="s">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B1359" s="0" t="s">
-        <v>2203</v>
+        <v>2195</v>
       </c>
       <c r="C1359" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1359" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B1360" s="0" t="s">
-        <v>2204</v>
+        <v>2196</v>
       </c>
       <c r="C1360" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1360" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" s="0" t="s">
-        <v>73</v>
+        <v>2197</v>
       </c>
       <c r="B1361" s="0" t="s">
-        <v>2205</v>
+        <v>2198</v>
       </c>
       <c r="C1361" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1361" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" s="0" t="s">
-        <v>73</v>
+        <v>2199</v>
       </c>
       <c r="B1362" s="0" t="s">
-        <v>2206</v>
+        <v>2200</v>
       </c>
       <c r="C1362" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1362" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" s="0" t="s">
-        <v>73</v>
+        <v>2201</v>
       </c>
       <c r="B1363" s="0" t="s">
-        <v>2207</v>
+        <v>2202</v>
       </c>
       <c r="C1363" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1363" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" s="0" t="s">
-        <v>73</v>
+        <v>2203</v>
       </c>
       <c r="B1364" s="0" t="s">
-        <v>2208</v>
+        <v>2204</v>
       </c>
       <c r="C1364" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1364" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" s="0" t="s">
-        <v>73</v>
+        <v>2205</v>
       </c>
       <c r="B1365" s="0" t="s">
-        <v>2209</v>
+        <v>2206</v>
       </c>
       <c r="C1365" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1365" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" s="0" t="s">
-        <v>73</v>
+        <v>2207</v>
       </c>
       <c r="B1366" s="0" t="s">
-        <v>2210</v>
+        <v>2208</v>
       </c>
       <c r="C1366" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1366" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" s="0" t="s">
-        <v>73</v>
+        <v>2209</v>
       </c>
       <c r="B1367" s="0" t="s">
-        <v>2211</v>
+        <v>2210</v>
       </c>
       <c r="C1367" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1367" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" s="0" t="s">
-        <v>73</v>
+        <v>2211</v>
       </c>
       <c r="B1368" s="0" t="s">
         <v>2212</v>
       </c>
       <c r="C1368" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1368" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" s="0" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="B1369" s="0" t="s">
         <v>2213</v>
       </c>
       <c r="C1369" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1369" s="0" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" s="0" t="s">
-        <v>73</v>
+        <v>2214</v>
       </c>
       <c r="B1370" s="0" t="s">
-        <v>2214</v>
+        <v>2215</v>
       </c>
       <c r="C1370" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1370" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" s="0" t="s">
-        <v>2215</v>
+        <v>2216</v>
       </c>
       <c r="B1371" s="0" t="s">
-        <v>2216</v>
+        <v>2217</v>
       </c>
       <c r="C1371" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1371" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" s="0" t="s">
-        <v>2217</v>
+        <v>2218</v>
       </c>
       <c r="B1372" s="0" t="s">
-        <v>2218</v>
+        <v>2219</v>
       </c>
       <c r="C1372" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1372" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" s="0" t="s">
-        <v>2219</v>
+        <v>2220</v>
       </c>
       <c r="B1373" s="0" t="s">
-        <v>2220</v>
+        <v>2221</v>
       </c>
       <c r="C1373" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1373" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" s="0" t="s">
-        <v>2221</v>
+        <v>2222</v>
       </c>
       <c r="B1374" s="0" t="s">
-        <v>2222</v>
+        <v>2223</v>
       </c>
       <c r="C1374" s="0" t="s">
         <v>6</v>
       </c>
       <c r="D1374" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1375">
+      <c r="A1375" s="0" t="s">
+        <v>2224</v>
+      </c>
+      <c r="B1375" s="0" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C1375" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1375" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1376">
+      <c r="A1376" s="0" t="s">
+        <v>2226</v>
+      </c>
+      <c r="B1376" s="0" t="s">
+        <v>2227</v>
+      </c>
+      <c r="C1376" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1376" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1377">
+      <c r="A1377" s="0" t="s">
+        <v>2228</v>
+      </c>
+      <c r="B1377" s="0" t="s">
+        <v>2229</v>
+      </c>
+      <c r="C1377" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1377" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1378">
+      <c r="A1378" s="0" t="s">
+        <v>2230</v>
+      </c>
+      <c r="B1378" s="0" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C1378" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1378" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1379">
+      <c r="A1379" s="0" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B1379" s="0" t="s">
+        <v>2233</v>
+      </c>
+      <c r="C1379" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1379" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1380">
+      <c r="A1380" s="0" t="s">
+        <v>2234</v>
+      </c>
+      <c r="B1380" s="0" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C1380" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1380" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1381">
+      <c r="A1381" s="0" t="s">
+        <v>2236</v>
+      </c>
+      <c r="B1381" s="0" t="s">
+        <v>2237</v>
+      </c>
+      <c r="C1381" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1381" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1382">
+      <c r="A1382" s="0" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B1382" s="0" t="s">
+        <v>2239</v>
+      </c>
+      <c r="C1382" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1382" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1383">
+      <c r="A1383" s="0" t="s">
+        <v>2240</v>
+      </c>
+      <c r="B1383" s="0" t="s">
+        <v>2241</v>
+      </c>
+      <c r="C1383" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1383" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1384">
+      <c r="A1384" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="B1384" s="0" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C1384" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1384" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1385">
+      <c r="A1385" s="0" t="s">
+        <v>2243</v>
+      </c>
+      <c r="B1385" s="0" t="s">
+        <v>2244</v>
+      </c>
+      <c r="C1385" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1385" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1386">
+      <c r="A1386" s="0" t="s">
+        <v>2245</v>
+      </c>
+      <c r="B1386" s="0" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C1386" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1386" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1387">
+      <c r="A1387" s="0" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B1387" s="0" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C1387" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1387" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1388">
+      <c r="A1388" s="0" t="s">
+        <v>2249</v>
+      </c>
+      <c r="B1388" s="0" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C1388" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1388" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1389">
+      <c r="A1389" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B1389" s="0" t="s">
+        <v>2251</v>
+      </c>
+      <c r="C1389" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1389" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1390">
+      <c r="A1390" s="0" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B1390" s="0" t="s">
+        <v>2253</v>
+      </c>
+      <c r="C1390" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1390" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1391">
+      <c r="A1391" s="0" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B1391" s="0" t="s">
+        <v>2255</v>
+      </c>
+      <c r="C1391" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1391" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1392">
+      <c r="A1392" s="0" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B1392" s="0" t="s">
+        <v>2257</v>
+      </c>
+      <c r="C1392" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1392" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1393">
+      <c r="A1393" s="0" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B1393" s="0" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C1393" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1393" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1394">
+      <c r="A1394" s="0" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B1394" s="0" t="s">
+        <v>2261</v>
+      </c>
+      <c r="C1394" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1394" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1395">
+      <c r="A1395" s="0" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B1395" s="0" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C1395" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1395" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1396">
+      <c r="A1396" s="0" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B1396" s="0" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C1396" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1396" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1397">
+      <c r="A1397" s="0" t="s">
+        <v>2265</v>
+      </c>
+      <c r="B1397" s="0" t="s">
+        <v>2266</v>
+      </c>
+      <c r="C1397" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1397" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1398">
+      <c r="A1398" s="0" t="s">
+        <v>2267</v>
+      </c>
+      <c r="B1398" s="0" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C1398" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1398" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1399">
+      <c r="A1399" s="0" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B1399" s="0" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C1399" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1399" s="0" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="1400">
+      <c r="A1400" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B1400" s="0" t="s">
+        <v>2271</v>
+      </c>
+      <c r="C1400" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1400" s="0" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1401">
+      <c r="A1401" s="0" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B1401" s="0" t="s">
+        <v>2273</v>
+      </c>
+      <c r="C1401" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1401" s="0" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1402">
+      <c r="A1402" s="0" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B1402" s="0" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C1402" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1402" s="0" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="1403">
+      <c r="A1403" s="0" t="s">
+        <v>2220</v>
+      </c>
+      <c r="B1403" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="C1403" s="0" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1403" s="0" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>